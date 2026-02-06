--- v1 (2025-11-02)
+++ v2 (2026-02-06)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="00EEBE03" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="30D11816">
+    <w:p w14:paraId="61D1F5B4" w14:textId="3A43B2E5" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="30D11816">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="30D11816">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -157,59 +157,79 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="30D11816">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date of Last Update:</w:t>
       </w:r>
       <w:r w:rsidR="00146A71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
+      <w:r w:rsidR="00E92C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1/15</w:t>
+      </w:r>
       <w:r w:rsidR="00CE33CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>9/24/2025</w:t>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="02D0A9C3" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
@@ -2124,272 +2144,264 @@
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="20AC925F" w14:paraId="6F656B7F" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58E86A5F" w14:textId="7889DE5B" w:rsidR="6C18F70C" w:rsidRDefault="6C18F70C" w:rsidP="20AC925F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="20AC925F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Examination and Comparison of Tire Track Impressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6465C7A4" w14:textId="75FF4B4E" w:rsidR="6C18F70C" w:rsidRDefault="6C18F70C" w:rsidP="20AC925F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="20AC925F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>RS&amp;A; Christine Craig</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2084D000" w14:textId="0B1DC350" w:rsidR="6C18F70C" w:rsidRDefault="6C18F70C" w:rsidP="20AC925F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="20AC925F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Oct. 28-Nov. 1, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="420754B5" w14:paraId="27B37281" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05F19A05" w14:textId="0834C328" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fingertips: Comparing Extreme Distal Impressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="159B85C9" w14:textId="73435DCF" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2024 IAI Conference, Reno, NV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D97E4E1" w14:textId="5B63C561" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 12, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="420754B5" w14:paraId="30E93F91" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79E8A7EB" w14:textId="4CEBF8E5" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Footwear Comparison Workshop for Beginners to Experienced Examiners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DFF7AD4" w14:textId="03858F85" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="0005025B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2024 IAI Conference, Reno, NV</w:t>
             </w:r>
             <w:r w:rsidR="001F50BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
@@ -2399,4364 +2411,4231 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                       </w:t>
             </w:r>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Alicia Wilcox, Thomas College</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C0CE6D5" w14:textId="14F25936" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 13, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="420754B5" w14:paraId="61D19DA8" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24E4079C" w14:textId="558B1B91" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Origins of Missing and False Minutiae in Friction Ridge Impressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB4CBB5" w14:textId="79A88C1F" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2024 IAI Conference, Reno, NV</w:t>
             </w:r>
             <w:r w:rsidR="001F50BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                                           </w:t>
             </w:r>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Alice White, Evolve Forensics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AE95DA7" w14:textId="4D73CD30" w:rsidR="07CBCDE8" w:rsidRDefault="07CBCDE8" w:rsidP="420754B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="420754B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 14, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00514103" w14:paraId="32388F36" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7380B2A9" w14:textId="2E6A3F29" w:rsidR="00514103" w:rsidRPr="32D35044" w:rsidRDefault="002A2949" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2024 Testimony Training/Daubert Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B52EFA9" w14:textId="5AA95223" w:rsidR="00514103" w:rsidRPr="32D35044" w:rsidRDefault="008B1AF0" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ben McGough, Alabama ADA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27C10063" w14:textId="268A254C" w:rsidR="00514103" w:rsidRPr="32D35044" w:rsidRDefault="002A2949" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>June</w:t>
             </w:r>
             <w:r w:rsidR="00896519">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4-5, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E25468" w14:paraId="18B91DB4" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="342F47A4" w14:textId="16E86F30" w:rsidR="00E25468" w:rsidRPr="32D35044" w:rsidRDefault="00514103" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="20AC925F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2024 PNWDIAI “Forensic Testimony Techni</w:t>
             </w:r>
             <w:r w:rsidR="008D7E07" w:rsidRPr="20AC925F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ques</w:t>
             </w:r>
             <w:r w:rsidR="11447474" w:rsidRPr="20AC925F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14DC39EB" w14:textId="26D57B7F" w:rsidR="00E25468" w:rsidRPr="32D35044" w:rsidRDefault="008D7E07" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PNWDIAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA6AFF4" w14:textId="56F52419" w:rsidR="00E25468" w:rsidRPr="32D35044" w:rsidRDefault="008D7E07" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>February 5, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="32D35044" w14:paraId="0236DEB0" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="389B35CA" w14:textId="0549AF45" w:rsidR="66A35586" w:rsidRDefault="66A35586" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="32D35044">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Footwear and Tiretrack Digital Superimposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7403E951" w14:textId="3F1EBBCF" w:rsidR="66A35586" w:rsidRDefault="66A35586" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="32D35044">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jennifer Riedel, Oregon State Police Forensic Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BF96C23" w14:textId="20FEF873" w:rsidR="66A35586" w:rsidRDefault="66A35586" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="32D35044">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 8, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09313BC7" w14:paraId="3A227218" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D9B7C83" w14:textId="0C8FC1C3" w:rsidR="7EC4E367" w:rsidRDefault="7EC4E367" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Footwear comparisons: A new on-screen comparison method for an old comparison technique (4 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38DEE6F3" w14:textId="6C285EB1" w:rsidR="7EC4E367" w:rsidRDefault="7EC4E367" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2023 IAI Conference: RS&amp;A, Jon Byrd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C01071B" w14:textId="37F1E59D" w:rsidR="7EC4E367" w:rsidRDefault="7EC4E367" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 22, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09313BC7" w14:paraId="26967F93" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27D96F28" w14:textId="0D0EA2BD" w:rsidR="35D6E270" w:rsidRDefault="35D6E270" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Crease and Third Level Detail (2 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C70795F" w14:textId="35E36E6F" w:rsidR="35D6E270" w:rsidRDefault="35D6E270" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2023 IAI Conference: Unique Forensics, John Vanderkolk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EF8CF37" w14:textId="2001DA74" w:rsidR="35D6E270" w:rsidRDefault="35D6E270" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 25, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09313BC7" w14:paraId="34E6520F" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52810F51" w14:textId="28BAFA75" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">The Examination and Comparison of Tire Impression Evidence (4 hours) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BFEBE59" w14:textId="48ACCF72" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2023 IAI Conference:</w:t>
             </w:r>
             <w:r w:rsidR="1D393CF6" w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Thomas College, Alicia Wilcox</w:t>
             </w:r>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C770621" w14:textId="438E6444" w:rsidR="46723B6C" w:rsidRDefault="46723B6C" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 22, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09313BC7" w14:paraId="4F0BF4FC" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA38194" w14:textId="5AEBDF58" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Distortion Interpretation: Residue Distortion (3 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BB88EA3" w14:textId="7124C4C1" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2023 IAI Conference; Evolve Forensics, Alice White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D10D1DB" w14:textId="17388F27" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 25, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09313BC7" w14:paraId="61B3B55F" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A3666F2" w14:textId="4F9E4D18" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fingertips: Comparing Extreme Distal Impressions (3 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="376847D8" w14:textId="2CE861D3" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2023 IAI Conference; RS&amp;A, Jon Stimac</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F2CEAFB" w14:textId="2FDB4FA2" w:rsidR="35E92474" w:rsidRDefault="35E92474" w:rsidP="09313BC7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 2</w:t>
             </w:r>
             <w:r w:rsidR="70AD5144" w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA4376" w:rsidRPr="009A6116" w14:paraId="4551D63B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16C2F3F3" w14:textId="546C0A30" w:rsidR="00CA4376" w:rsidRDefault="00946DA6" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ethics, Impartiality and Con</w:t>
             </w:r>
             <w:r w:rsidR="00C6384A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>fidentiality (4 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="501574A3" w14:textId="0A889BB4" w:rsidR="00CA4376" w:rsidRDefault="00EF3BDF" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Anja Einseln-Seaglass Training</w:t>
             </w:r>
             <w:r w:rsidR="007A7C27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (in-house)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6228765E" w14:textId="2AEDE0F9" w:rsidR="00CA4376" w:rsidRDefault="007A7C27" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 10, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA4376" w:rsidRPr="009A6116" w14:paraId="1F7CA284" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D5B7232" w14:textId="0716C2A1" w:rsidR="00CA4376" w:rsidRDefault="00C6384A" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Root cause Analysis (6 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2838B724" w14:textId="41279885" w:rsidR="00CA4376" w:rsidRDefault="007A7C27" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Anja Einseln-Seaglass Training (in-house)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22D6A4CA" w14:textId="7929E633" w:rsidR="00CA4376" w:rsidRDefault="007A7C27" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 9, 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D13C3E" w:rsidRPr="009A6116" w14:paraId="2C024682" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C3F0981" w14:textId="67C49A30" w:rsidR="00D13C3E" w:rsidRPr="009A6116" w:rsidRDefault="00D13C3E" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Recover Latent Print Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="195C94E6" w14:textId="270867D4" w:rsidR="00D13C3E" w:rsidRPr="009A6116" w:rsidRDefault="00D13C3E" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Foster &amp; Freeman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FC8F8ED" w14:textId="4E50C162" w:rsidR="00D13C3E" w:rsidRPr="009A6116" w:rsidRDefault="00D13C3E" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 22-23, 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="07BEFA04" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2929CEA2" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Examination &amp; Comparison of Footwear Impression Evidence (40 hours) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43E8EAED" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Leslie Hammer, Hammer Forensics </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59896A47" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nov. 29th-30th, Dec. 1st &amp; 6th-8th 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="503E1748" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="448A2539" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Basic Footwear Comparisons </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02C2D746" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>105th IAI Conference; Ron Smith &amp; Assoc; Jon Byrd </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07C94A8F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 3, 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="49B802EE" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="791012FD" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Footwear Examination Workshop </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78B56FC3" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>105th IAI Conference; William Bodziak </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="638D95C8" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 3, 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="3F478065" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3355462B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Forensic Image Comparison </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6971B410" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>105th IAI Conference; FBI </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A15BEDA" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 4, 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="2315F9A6" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35157C4E" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Orientation and Smart Searching </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="144E9F78" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>105th IAI Conference; Ron Smith &amp; Assoc; Mike Jordahl </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27487DFC" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 4, 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="2109B36B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BD224A2" w14:textId="185CC8B2" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0696EAE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Footwear Examination Training  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77D45D86" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State of Alaska Scientific Crime Detection Lab </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2914E108" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 2020-present </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="51A328AC" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C34DC9A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Footwear Intelligence Training  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62FFB36B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State of Alaska Scientific Crime Detection Lab  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="069307E9" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>January 2020-May 2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="5FB22DA9" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B5C1CB5" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Latent Print Processing Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17C63DDF" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State of Alaska Scientific Crime Detection Lab  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B406011" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>July-October 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="3359A90A" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="518EA328" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fingerprint Processing on Difficult Surfaces (1hr) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68160B8C" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Texas Forensic Science Academy (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30C5E7C8" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>September 13, 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="6DB070A5" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11B6C61E" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Methods of Instruction (40 hours) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BDB2C70" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State of Alaska Department of Corrections </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12449FBA" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>September 3-9, 2019 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="26BA7461" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24DE4E1F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DNA Mixture Analysis with ArmedXpert </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F67CF8D" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Niche Vision Forensics, LLC at State of Alaska Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C9261B0" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 17-19, 2016 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="549E6C5B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A0F861A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2016 Annual Review of DNA Data Accepted at NDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20987D9F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1517FF00" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>February 2016 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="7619A60B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CAFB23A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Quantifiler Trio DNA Quantification and GlobalFiler PCR Amplification Kit Lecture &amp; Teach back </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B554CBC" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Life Technology at State of Alaska Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="726DB730" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>March 3-5, 2015 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="5088EE36" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5103ECB4" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2015 Annual Review of DNA Data Accepted at NDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E9CA736" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AC772B8" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>February 2016 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="286076B7" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="302760B7" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hair Evaluation for DNA Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71B610D0" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>West Virginia University (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70AFEE93" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>September 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="14032180" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17B700F5" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Blood Stain Pattern Analysis I </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62AC6C80" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bevel Gardner &amp; Associates at State of Alaska Crime Detection Laboratory </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BCB5EDE" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 25-29, 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="3644A26E" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5728DD7A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Communication Skills, Report Writing and Courtroom Testimony for Forensic Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C57114" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NIJ (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="128FEB5A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="46E03274" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02181B6C" w14:textId="1AE1F786" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Population Genetics and Statistics for Forensic Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71E0C052" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NIJ (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="563EEB92" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="6A66E76B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21FC73FE" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>STR Data Analysis and Interpretation for Forensic Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CFAA7AB" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NIJ (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66FF4780" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="0C10509F" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08C8DF9F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2014 Annual Review of DNA Data Accepted at NDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D3791E2" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77E44AA3" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="21D2F82A" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68F18B8C" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>FBI New CODIS Administrator Training  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15836502" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>19th Annual National CODIS Conf.; Norman, OK </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CC6CDD3" w14:textId="2CA59F74" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="3E047631" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4C2CF7F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>November 2013</w:t>
             </w:r>
             <w:r w:rsidR="009A6116" w:rsidRPr="4C2CF7F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="642F5153" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="358714F0" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Promega Advanced Topics in Forensic Mixture Analysis: Statistics to Technology </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A3AFF13" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>International Symposium on Human Identification </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6458451B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Atlanta, GA  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29600868" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>October 2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="75D52582" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="064FCB4D" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Quality Assurance Standard &amp; Auditor Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E36FCE6" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E90D8AC" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>June 2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="7717742E" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D0CE311" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2013 Annual Review of DNA Data Accepted at NDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="426FB9F3" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="533D70A6" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>April 2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="0D77955B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59D10DC8" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2012 Annual Review of DNA Data Accepted at NDIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="440AA246" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6700317E" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>January 2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="37D1069B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FA96AB9" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CODIS 7.0 Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61700A8E" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DOJ FBI CODIS division </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2251D124" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>January 2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="5413C9E5" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68F72872" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Promega Mixture Interpretation Workshop </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CD789D5" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>International Symposium on Human Identification </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23CFAA37" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nashville, TN </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70C1C0F1" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>October 2012 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="1D7EAFE3" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16354936" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ethics in Forensic Science </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15464921" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>West Virginia University (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4470266B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>October 2012 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="66B28C39" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="202E6937" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Perspectives in Expert Testimony </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F871CFA" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>West Virginia University (online) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D6F6CEC" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>July 2012 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="4D19971C" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ABA5586" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Class III Police Officer Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="096FE853" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>South Carolina Criminal Justice Academy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2530682F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>February 2012 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="6047CF5C" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69C6E450" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Emerging DNA Technology Training Workshop </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E31B46C" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Marshall University; Huntington, WV </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23E3412B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Dec. 5-7, 2011 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="56D6BC7E" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DEAD3DD" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>President’s DNA Initiative, Advanced DNA Workshop </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74CE9E26" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Marshall University; Huntington, WV </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="359601FB" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nov. 14-17, 2011 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
@@ -6926,531 +6805,524 @@
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Approximate Number of Times Testified </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w14:paraId="4A1F8315" w14:textId="77777777" w:rsidTr="0696EAE3">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A947DD1" w14:textId="6FDE7234" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D61990" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology, </w:t>
             </w:r>
             <w:r w:rsidR="00D13C3E" w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DNA Screening </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DABA241" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>March 2017 (Kodiak), April 2017 (Juneau), November 2019 (Fairbanks) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C7C5D98" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w14:paraId="222B3B65" w14:textId="77777777" w:rsidTr="0696EAE3">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35F4A801" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Biology, Nuclear DNA </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05DDED02" w14:textId="4BF3D266" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>January 2019 (Anchorage), September 2019 (Greenville, SC) </w:t>
             </w:r>
             <w:r w:rsidR="00956949">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, September 2025 (Anchorage)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DDA1382" w14:textId="1DE24D68" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00956949" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0696EAE3" w14:paraId="2989FFA6" w14:textId="77777777" w:rsidTr="0696EAE3">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="674B3BA8" w14:textId="777EBFDF" w:rsidR="255C1181" w:rsidRDefault="255C1181" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0696EAE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Physical, Latent Print Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ED1B483" w14:textId="6E1FD303" w:rsidR="00C447EA" w:rsidRDefault="255C1181" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0696EAE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>September 2024 (Kenai, AK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61DF9F41" w14:textId="5F45B417" w:rsidR="255C1181" w:rsidRDefault="255C1181" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0696EAE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C20F2F" w14:paraId="25DCB226" w14:textId="77777777" w:rsidTr="0696EAE3">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6459D0AE" w14:textId="53515104" w:rsidR="00C20F2F" w:rsidRPr="0696EAE3" w:rsidRDefault="00C20F2F" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Physical, Latent Print Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="64A7848A" w14:textId="1163E2FD" w:rsidR="00C20F2F" w:rsidRPr="0696EAE3" w:rsidRDefault="00C20F2F" w:rsidP="0696EAE3">
+          </w:tcPr>
+          <w:p w14:paraId="64A7848A" w14:textId="03AD54E4" w:rsidR="00C20F2F" w:rsidRPr="0696EAE3" w:rsidRDefault="00C20F2F" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>May</w:t>
             </w:r>
             <w:r w:rsidR="00C447EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
             <w:r w:rsidR="0015347B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C447EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Fairbanks, AK)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B81C59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, January 2026 (Fairbanks, AK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0994A077" w14:textId="0A23F113" w:rsidR="00C20F2F" w:rsidRPr="0696EAE3" w:rsidRDefault="00C447EA" w:rsidP="0696EAE3">
+          </w:tcPr>
+          <w:p w14:paraId="0994A077" w14:textId="6A6DD570" w:rsidR="00C20F2F" w:rsidRPr="0696EAE3" w:rsidRDefault="00B81C59" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00215ACC" w14:paraId="295B4C0D" w14:textId="77777777" w:rsidTr="0696EAE3">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7181569A" w14:textId="41DCD72C" w:rsidR="00215ACC" w:rsidRDefault="00215ACC" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Physical, Footwear Impressions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09E44E68" w14:textId="25EAEB2E" w:rsidR="00215ACC" w:rsidRDefault="002016BB" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>August 2025 (Kenai, AK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16A09405" w14:textId="404D1ADA" w:rsidR="00215ACC" w:rsidRDefault="002016BB" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="473955EB" w14:textId="77777777" w:rsidR="00460888" w:rsidRDefault="00460888" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13367,104 +13239,103 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0627FD1F" w14:textId="77777777" w:rsidR="001A4264" w:rsidRDefault="001A4264" w:rsidP="00D73674">
+    <w:p w14:paraId="37958875" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F47DD45" w14:textId="77777777" w:rsidR="001A4264" w:rsidRDefault="001A4264" w:rsidP="00D73674">
+    <w:p w14:paraId="764388E2" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5FAB807E" w14:textId="77777777" w:rsidR="001A4264" w:rsidRDefault="001A4264">
+    <w:p w14:paraId="1E1974BE" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -13931,71 +13802,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FFCCA28" w14:textId="77777777" w:rsidR="001A4264" w:rsidRDefault="001A4264" w:rsidP="00D73674">
+    <w:p w14:paraId="12CA65C9" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="409D6BD3" w14:textId="77777777" w:rsidR="001A4264" w:rsidRDefault="001A4264" w:rsidP="00D73674">
+    <w:p w14:paraId="5E54454C" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5AB56535" w14:textId="77777777" w:rsidR="001A4264" w:rsidRDefault="001A4264">
+    <w:p w14:paraId="508DC6FF" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="00FA7F37">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -14090,51 +13961,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="212"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -14207,162 +14078,168 @@
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004B764D"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="00514103"/>
     <w:rsid w:val="00526BB8"/>
     <w:rsid w:val="005272F2"/>
     <w:rsid w:val="00531602"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00556BBE"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005A1FCE"/>
     <w:rsid w:val="005C5F1A"/>
     <w:rsid w:val="005E1A6E"/>
     <w:rsid w:val="005E4C28"/>
     <w:rsid w:val="005E4ECC"/>
     <w:rsid w:val="0061513A"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="0065317A"/>
     <w:rsid w:val="00664A2B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A4445"/>
     <w:rsid w:val="00701FA2"/>
+    <w:rsid w:val="00710E77"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00773B9B"/>
     <w:rsid w:val="00784018"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="00796245"/>
     <w:rsid w:val="00796E8F"/>
     <w:rsid w:val="007A7C27"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00802411"/>
     <w:rsid w:val="00823544"/>
     <w:rsid w:val="008246F3"/>
     <w:rsid w:val="008278A1"/>
     <w:rsid w:val="00845E0D"/>
     <w:rsid w:val="0085110A"/>
     <w:rsid w:val="00851649"/>
     <w:rsid w:val="0085791F"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00870C60"/>
     <w:rsid w:val="008743FA"/>
     <w:rsid w:val="008764CA"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00896519"/>
     <w:rsid w:val="00897051"/>
     <w:rsid w:val="008974F9"/>
     <w:rsid w:val="008A0085"/>
     <w:rsid w:val="008A2CB4"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B1AF0"/>
     <w:rsid w:val="008D3268"/>
     <w:rsid w:val="008D7E07"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E1D93"/>
     <w:rsid w:val="008F3B70"/>
     <w:rsid w:val="00902511"/>
     <w:rsid w:val="00922889"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00946DA6"/>
     <w:rsid w:val="00956949"/>
     <w:rsid w:val="00961A72"/>
+    <w:rsid w:val="00973622"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009A6116"/>
     <w:rsid w:val="009E3CFB"/>
     <w:rsid w:val="009E56D5"/>
     <w:rsid w:val="00A26FFD"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1872"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AC0362"/>
     <w:rsid w:val="00AF5B87"/>
     <w:rsid w:val="00B04B6C"/>
     <w:rsid w:val="00B37AC6"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B55C24"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B77569"/>
+    <w:rsid w:val="00B81C59"/>
     <w:rsid w:val="00B914CB"/>
     <w:rsid w:val="00BB356B"/>
     <w:rsid w:val="00BC4AC6"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C10934"/>
     <w:rsid w:val="00C20F2F"/>
     <w:rsid w:val="00C36002"/>
     <w:rsid w:val="00C447EA"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C6384A"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CA057E"/>
     <w:rsid w:val="00CA0DC6"/>
     <w:rsid w:val="00CA239C"/>
     <w:rsid w:val="00CA4376"/>
     <w:rsid w:val="00CC2162"/>
     <w:rsid w:val="00CC59AD"/>
     <w:rsid w:val="00CE33CF"/>
     <w:rsid w:val="00CE6DD6"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D13C3E"/>
     <w:rsid w:val="00D33710"/>
+    <w:rsid w:val="00D46D0E"/>
     <w:rsid w:val="00D61990"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D7002C"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB6081"/>
     <w:rsid w:val="00E0790C"/>
     <w:rsid w:val="00E25468"/>
     <w:rsid w:val="00E41170"/>
     <w:rsid w:val="00E537C0"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E84729"/>
     <w:rsid w:val="00E8658A"/>
+    <w:rsid w:val="00E92C1E"/>
     <w:rsid w:val="00E9499B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EC1616"/>
     <w:rsid w:val="00EE0676"/>
     <w:rsid w:val="00EF3BDF"/>
     <w:rsid w:val="00F10628"/>
     <w:rsid w:val="00F51BAE"/>
     <w:rsid w:val="00F70D08"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FA7A8A"/>
     <w:rsid w:val="00FA7F37"/>
+    <w:rsid w:val="00FB5F15"/>
     <w:rsid w:val="00FF5FB1"/>
     <w:rsid w:val="011F07A0"/>
     <w:rsid w:val="03423D5C"/>
     <w:rsid w:val="0696EAE3"/>
     <w:rsid w:val="07CBCDE8"/>
     <w:rsid w:val="08D36C1C"/>
     <w:rsid w:val="09313BC7"/>
     <w:rsid w:val="0DE4624B"/>
     <w:rsid w:val="0E379FB4"/>
     <w:rsid w:val="111C030D"/>
     <w:rsid w:val="11447474"/>
     <w:rsid w:val="1309E497"/>
     <w:rsid w:val="1936C7A4"/>
     <w:rsid w:val="19654880"/>
     <w:rsid w:val="1D393CF6"/>
     <w:rsid w:val="1D80737D"/>
     <w:rsid w:val="2040A497"/>
     <w:rsid w:val="20A0F6CB"/>
     <w:rsid w:val="20AC925F"/>
     <w:rsid w:val="230C7980"/>
     <w:rsid w:val="255C1181"/>
     <w:rsid w:val="25689AFC"/>
     <w:rsid w:val="287C02F1"/>
     <w:rsid w:val="28BFCAF0"/>
     <w:rsid w:val="2CB6DC10"/>
@@ -19321,51 +19198,50 @@
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -19436,72 +19312,75 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000F348E"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001C2C18"/>
     <w:rsid w:val="001D5871"/>
     <w:rsid w:val="002043C1"/>
     <w:rsid w:val="00207A78"/>
     <w:rsid w:val="00247C67"/>
     <w:rsid w:val="002516B2"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00315ECE"/>
     <w:rsid w:val="003D2913"/>
     <w:rsid w:val="004656DA"/>
     <w:rsid w:val="004A0848"/>
     <w:rsid w:val="005A1FCE"/>
     <w:rsid w:val="005D6BE0"/>
     <w:rsid w:val="007225B3"/>
     <w:rsid w:val="00796E8F"/>
     <w:rsid w:val="007B1FB5"/>
+    <w:rsid w:val="0089407A"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E2120"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00933DE8"/>
     <w:rsid w:val="009C78DE"/>
     <w:rsid w:val="009E3CFB"/>
     <w:rsid w:val="00A37D0A"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BC4AC6"/>
     <w:rsid w:val="00BF705D"/>
     <w:rsid w:val="00C05841"/>
     <w:rsid w:val="00D32DAE"/>
+    <w:rsid w:val="00D46D0E"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D50A9A"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E10EFD"/>
     <w:rsid w:val="00E41170"/>
     <w:rsid w:val="00E4173E"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F024AB"/>
     <w:rsid w:val="00F10628"/>
+    <w:rsid w:val="00F67C53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1F985E6D"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -20285,52 +20164,52 @@
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="01831871eb98684b75233bb97816c1b4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14a47478251436b11255aa5858229034" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -20404,51 +20283,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -20675,93 +20554,76 @@
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{441DB5E5-9A56-4375-AB94-761282ED7569}">
-[...16 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12FB25DA-0074-4DFD-96DB-9C244D59FE1C}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2136</Words>
-  <Characters>12178</Characters>
+  <Words>1943</Words>
+  <Characters>12401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>496</Lines>
+  <Paragraphs>398</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14286</CharactersWithSpaces>
+  <CharactersWithSpaces>13946</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sherri L. Hughes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>