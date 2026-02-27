--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1255,59 +1255,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -2777,51 +2796,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="389B35CA" w14:textId="0549AF45" w:rsidR="66A35586" w:rsidRDefault="66A35586" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="32D35044">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Footwear and Tiretrack Digital Superimposition</w:t>
+              <w:t xml:space="preserve">Footwear and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="32D35044">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tiretrack</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="32D35044">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Digital Superimposition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7403E951" w14:textId="3F1EBBCF" w:rsidR="66A35586" w:rsidRDefault="66A35586" w:rsidP="32D35044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="32D35044">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3398,51 +3435,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="501574A3" w14:textId="0A889BB4" w:rsidR="00CA4376" w:rsidRDefault="00EF3BDF" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Anja Einseln-Seaglass Training</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Einseln-Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
             <w:r w:rsidR="007A7C27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (in-house)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6228765E" w14:textId="2AEDE0F9" w:rsidR="00CA4376" w:rsidRDefault="007A7C27" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -3498,51 +3553,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2838B724" w14:textId="41279885" w:rsidR="00CA4376" w:rsidRDefault="007A7C27" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Anja Einseln-Seaglass Training (in-house)</w:t>
+              <w:t xml:space="preserve">Anja </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Einseln-Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training (in-house)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22D6A4CA" w14:textId="7929E633" w:rsidR="00CA4376" w:rsidRDefault="007A7C27" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3804,51 +3877,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07C94A8F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>August 3, 2021 </w:t>
+              <w:t xml:space="preserve">August 3, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="49B802EE" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="791012FD" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3896,51 +3987,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="638D95C8" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>August 3, 2021 </w:t>
+              <w:t xml:space="preserve">August 3, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="3F478065" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3355462B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3988,51 +4097,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A15BEDA" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>August 4, 2021 </w:t>
+              <w:t xml:space="preserve">August 4, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="2315F9A6" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35157C4E" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4080,51 +4207,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27487DFC" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>August 4, 2021 </w:t>
+              <w:t xml:space="preserve">August 4, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="2109B36B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BD224A2" w14:textId="185CC8B2" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="0696EAE3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4448,51 +4593,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30C5E7C8" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>September 13, 2019 </w:t>
+              <w:t xml:space="preserve">September 13, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="6DB070A5" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11B6C61E" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4540,85 +4703,121 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="12449FBA" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>September 3-9, 2019 </w:t>
+              <w:t xml:space="preserve">September 3-9, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2019</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="26BA7461" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24DE4E1F" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>DNA Mixture Analysis with ArmedXpert </w:t>
+              <w:t xml:space="preserve">DNA Mixture Analysis with </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ArmedXpert</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F67CF8D" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4632,51 +4831,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C9261B0" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>May 17-19, 2016 </w:t>
+              <w:t xml:space="preserve">May 17-19, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="549E6C5B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A0F861A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4752,57 +4969,85 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="7619A60B" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CAFB23A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Quantifiler Trio DNA Quantification and GlobalFiler PCR Amplification Kit Lecture &amp; Teach back </w:t>
+              <w:t>Quantifiler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trio DNA Quantification and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>GlobalFiler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PCR Amplification Kit Lecture &amp; Teach back </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B554CBC" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4816,51 +5061,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="726DB730" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>March 3-5, 2015 </w:t>
+              <w:t xml:space="preserve">March 3-5, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="5088EE36" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5103ECB4" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5092,51 +5355,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0BCB5EDE" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>August 25-29, 2014 </w:t>
+              <w:t xml:space="preserve">August 25-29, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="3644A26E" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5728DD7A" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -6274,51 +6555,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="202E6937" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Perspectives in Expert Testimony </w:t>
+              <w:t xml:space="preserve">Perspectives </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Expert Testimony </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F871CFA" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -6516,51 +6815,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23E3412B" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Dec. 5-7, 2011 </w:t>
+              <w:t xml:space="preserve">Dec. 5-7, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A6116" w:rsidRPr="009A6116" w14:paraId="56D6BC7E" w14:textId="77777777" w:rsidTr="20AC925F">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DEAD3DD" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -6608,51 +6925,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="359601FB" w14:textId="77777777" w:rsidR="009A6116" w:rsidRPr="009A6116" w:rsidRDefault="009A6116" w:rsidP="009A6116">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A6116">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Nov. 14-17, 2011 </w:t>
+              <w:t xml:space="preserve">Nov. 14-17, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A6116">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -6751,57 +7086,67 @@
               </w:rPr>
               <w:t>Discipline or Category of Testimony </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="5FA8677E" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Period of Time in Which Testimony Occurred </w:t>
+              <w:t>Period of Time</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D13C3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Which Testimony Occurred </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="5A972BA2" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
@@ -6950,59 +7295,77 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05DDED02" w14:textId="4BF3D266" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D13C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>January 2019 (Anchorage), September 2019 (Greenville, SC) </w:t>
+              <w:t>January 2019 (Anchorage), September 2019 (Greenville, SC</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D13C3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>) </w:t>
             </w:r>
             <w:r w:rsidR="00956949">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>, September 2025 (Anchorage)</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00956949">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> September 2025 (Anchorage)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DDA1382" w14:textId="1DE24D68" w:rsidR="00D13C3E" w:rsidRPr="00D13C3E" w:rsidRDefault="00956949" w:rsidP="00D13C3E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -7830,59 +8193,79 @@
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0696EAE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0696EAE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0696EAE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0696EAE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="0696EAE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="0696EAE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7540237D" w14:textId="6765D1FB" w:rsidR="0696EAE3" w:rsidRDefault="0696EAE3" w:rsidP="0696EAE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -8333,51 +8716,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77E4222F" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Footwear Processing: Process footwear evidence using various processing techniques and searching questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
+              <w:t xml:space="preserve">Footwear Processing: Process footwear evidence using various processing techniques and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>searching</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DDF03B6" w14:textId="77777777" w:rsidR="00961A72" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -8489,58 +8894,69 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A53A012" w14:textId="77777777" w:rsidR="00D13C3E" w:rsidRDefault="00D13C3E" w:rsidP="00D13C3E">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Trainings:</w:t>
+              <w:t>Trainings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provide training/instruction to Forensic Scientists and Law Enforcement.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F651" w14:textId="7D1A248A" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8983,51 +9399,73 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0007AEAC" w14:textId="77777777" w:rsidR="0061513A" w:rsidRDefault="0061513A" w:rsidP="0061513A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Footwear Processing: Process footwear evidence using various processing techniques and searching questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
+              <w:t xml:space="preserve">Footwear Processing: Process footwear evidence using various processing techniques and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>searching</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> questioned footwear impressions against an online database of known footwear impressions to determine the make and model.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41C4B2E2" w14:textId="77777777" w:rsidR="0061513A" w:rsidRDefault="0061513A" w:rsidP="0061513A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9061,58 +9499,69 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F66D" w14:textId="20B4BA01" w:rsidR="007F2E28" w:rsidRPr="0061513A" w:rsidRDefault="0061513A" w:rsidP="0061513A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Trainings:</w:t>
+              <w:t>Trainings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provide training/instruction to Forensic Scientists and Law Enforcement.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -12226,59 +12675,78 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="6F9DF455" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -12528,149 +12996,195 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
             <w:r w:rsidR="00AF5B87">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 hrs) </w:t>
-[...32 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="09313BC7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>/2023 – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 hrs) </w:t>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="09313BC7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77DC11FC" w14:textId="77777777" w:rsidR="0085110A" w:rsidRDefault="0085110A" w:rsidP="09313BC7">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="147C0242" w14:textId="4E410A10" w:rsidR="5D9A543C" w:rsidRDefault="5D9A543C" w:rsidP="09313BC7">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="09313BC7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Law Enforcement Training Provided: 05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="09313BC7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/2023 – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="09313BC7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hrs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="09313BC7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52BF0F86" w14:textId="36023290" w:rsidR="09313BC7" w:rsidRDefault="09313BC7" w:rsidP="09313BC7">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32452623" w14:textId="3F3BBADD" w:rsidR="00C10934" w:rsidRPr="00C10934" w:rsidRDefault="00C10934" w:rsidP="00C10934">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Law Enforcement Training Provided: 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">/2022 – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hrs</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C64AC5F" w14:textId="77777777" w:rsidR="00C10934" w:rsidRDefault="00C10934" w:rsidP="00C10934">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -12691,60 +13205,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Law Enforcement Training Provided: 05</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">/2022 – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hrs</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67423F31" w14:textId="77777777" w:rsidR="00C10934" w:rsidRDefault="00C10934" w:rsidP="00C10934">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -12774,60 +13290,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Law Enforcement Training Provided: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">10/2020 – Crime Scene Photography, Physical Evidence collection, Footwear/Tire tracks, Latent Prints, ALET Academy, Sitka AK (32 </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="spellingerror"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hrs</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71105DAA" w14:textId="77777777" w:rsidR="00C10934" w:rsidRDefault="00C10934" w:rsidP="00C10934">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -13239,71 +13757,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37958875" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
+    <w:p w14:paraId="517E34AE" w14:textId="77777777" w:rsidR="00A95FBD" w:rsidRDefault="00A95FBD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="764388E2" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
+    <w:p w14:paraId="376248C9" w14:textId="77777777" w:rsidR="00A95FBD" w:rsidRDefault="00A95FBD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E1974BE" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77">
+    <w:p w14:paraId="1F67D886" w14:textId="77777777" w:rsidR="00A95FBD" w:rsidRDefault="00A95FBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -13802,71 +14320,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12CA65C9" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
+    <w:p w14:paraId="122A5FB6" w14:textId="77777777" w:rsidR="00A95FBD" w:rsidRDefault="00A95FBD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E54454C" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77" w:rsidP="00D73674">
+    <w:p w14:paraId="56372BAC" w14:textId="77777777" w:rsidR="00A95FBD" w:rsidRDefault="00A95FBD" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="508DC6FF" w14:textId="77777777" w:rsidR="00710E77" w:rsidRDefault="00710E77">
+    <w:p w14:paraId="353061FB" w14:textId="77777777" w:rsidR="00A95FBD" w:rsidRDefault="00A95FBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="00FA7F37">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -13961,51 +14479,52 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="212"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
@@ -14051,64 +14570,66 @@
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="0026072F"/>
     <w:rsid w:val="0027152F"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002A0CAB"/>
     <w:rsid w:val="002A2949"/>
     <w:rsid w:val="002D2390"/>
     <w:rsid w:val="00337F31"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="0036278D"/>
     <w:rsid w:val="00371EB9"/>
     <w:rsid w:val="00375540"/>
     <w:rsid w:val="003B4DE1"/>
     <w:rsid w:val="003B5D11"/>
     <w:rsid w:val="003C1A36"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D147E"/>
     <w:rsid w:val="003D2913"/>
     <w:rsid w:val="003D5BD6"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00413020"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="00460888"/>
+    <w:rsid w:val="00465445"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00497509"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004B764D"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="00514103"/>
     <w:rsid w:val="00526BB8"/>
     <w:rsid w:val="005272F2"/>
     <w:rsid w:val="00531602"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00556BBE"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005A1FCE"/>
+    <w:rsid w:val="005B5049"/>
     <w:rsid w:val="005C5F1A"/>
     <w:rsid w:val="005E1A6E"/>
     <w:rsid w:val="005E4C28"/>
     <w:rsid w:val="005E4ECC"/>
     <w:rsid w:val="0061513A"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="0065317A"/>
     <w:rsid w:val="00664A2B"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A4445"/>
     <w:rsid w:val="00701FA2"/>
     <w:rsid w:val="00710E77"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00773B9B"/>
     <w:rsid w:val="00784018"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="00796245"/>
     <w:rsid w:val="00796E8F"/>
     <w:rsid w:val="007A7C27"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00802411"/>
     <w:rsid w:val="00823544"/>
@@ -14128,50 +14649,51 @@
     <w:rsid w:val="008974F9"/>
     <w:rsid w:val="008A0085"/>
     <w:rsid w:val="008A2CB4"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B1AF0"/>
     <w:rsid w:val="008D3268"/>
     <w:rsid w:val="008D7E07"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E1D93"/>
     <w:rsid w:val="008F3B70"/>
     <w:rsid w:val="00902511"/>
     <w:rsid w:val="00922889"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00946DA6"/>
     <w:rsid w:val="00956949"/>
     <w:rsid w:val="00961A72"/>
     <w:rsid w:val="00973622"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009A6116"/>
     <w:rsid w:val="009E3CFB"/>
     <w:rsid w:val="009E56D5"/>
     <w:rsid w:val="00A26FFD"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
+    <w:rsid w:val="00A95FBD"/>
     <w:rsid w:val="00AA1872"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AC0362"/>
     <w:rsid w:val="00AF5B87"/>
     <w:rsid w:val="00B04B6C"/>
     <w:rsid w:val="00B37AC6"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B55C24"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B77569"/>
     <w:rsid w:val="00B81C59"/>
     <w:rsid w:val="00B914CB"/>
     <w:rsid w:val="00BB356B"/>
     <w:rsid w:val="00BC4AC6"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C10934"/>
     <w:rsid w:val="00C20F2F"/>
     <w:rsid w:val="00C36002"/>
     <w:rsid w:val="00C447EA"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C6384A"/>
     <w:rsid w:val="00C71D1F"/>
@@ -19308,54 +19830,56 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000F348E"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001C2C18"/>
     <w:rsid w:val="001D5871"/>
     <w:rsid w:val="002043C1"/>
     <w:rsid w:val="00207A78"/>
     <w:rsid w:val="00247C67"/>
     <w:rsid w:val="002516B2"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00315ECE"/>
     <w:rsid w:val="003D2913"/>
     <w:rsid w:val="004656DA"/>
     <w:rsid w:val="004A0848"/>
     <w:rsid w:val="005A1FCE"/>
+    <w:rsid w:val="005B5049"/>
     <w:rsid w:val="005D6BE0"/>
     <w:rsid w:val="007225B3"/>
     <w:rsid w:val="00796E8F"/>
     <w:rsid w:val="007B1FB5"/>
+    <w:rsid w:val="007E7EE5"/>
     <w:rsid w:val="0089407A"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E2120"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00933DE8"/>
     <w:rsid w:val="009C78DE"/>
     <w:rsid w:val="009E3CFB"/>
     <w:rsid w:val="00A37D0A"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BC4AC6"/>
     <w:rsid w:val="00BF705D"/>
     <w:rsid w:val="00C05841"/>
     <w:rsid w:val="00D32DAE"/>
     <w:rsid w:val="00D46D0E"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D50A9A"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00E10EFD"/>
     <w:rsid w:val="00E41170"/>
     <w:rsid w:val="00E4173E"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F024AB"/>
     <w:rsid w:val="00F10628"/>
     <w:rsid w:val="00F67C53"/>
@@ -20106,108 +20630,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...56 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
@@ -20528,102 +20994,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">32</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12FB25DA-0074-4DFD-96DB-9C244D59FE1C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12FB25DA-0074-4DFD-96DB-9C244D59FE1C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1943</Words>
-  <Characters>12401</Characters>
+  <Words>1860</Words>
+  <Characters>11874</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>496</Lines>
-  <Paragraphs>398</Paragraphs>
+  <Lines>457</Lines>
+  <Paragraphs>333</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13946</CharactersWithSpaces>
+  <CharactersWithSpaces>13709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sherri L. Hughes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>