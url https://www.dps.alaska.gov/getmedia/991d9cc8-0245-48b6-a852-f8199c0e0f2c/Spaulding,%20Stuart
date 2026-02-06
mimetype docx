--- v0 (2025-10-13)
+++ v1 (2026-02-06)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="14CA6FD7" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="2EF883DB">
+    <w:p w14:paraId="61D1F5B4" w14:textId="358FF0BD" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="2EF883DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -181,68 +181,68 @@
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="332D8917F7D74D84A90586BE4BA554B1"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-07-01T00:00:00Z">
+          <w:date w:fullDate="2026-01-08T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00733FF2">
+          <w:r w:rsidR="009C218C">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>7/1/2025</w:t>
+            <w:t>1/8/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="60F24440" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="2EF883DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1865,51 +1865,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2030,121 +2030,105 @@
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3052C0C0" w14:textId="77777777" w:rsidR="59A00583" w:rsidRDefault="59A00583"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14ABE" w14:paraId="596238D0" w14:textId="77777777" w:rsidTr="41EA1371">
+      <w:tr w:rsidR="00E51A78" w14:paraId="0A8EDD69" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1487F2FC" w14:textId="1B8DF046" w:rsidR="00A14ABE" w:rsidRPr="41EA1371" w:rsidRDefault="00B43181" w:rsidP="0FA71662">
+          <w:p w14:paraId="50200467" w14:textId="03B33545" w:rsidR="00E51A78" w:rsidRDefault="00E51A78" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">HIDS Conference </w:t>
+              <w:t>2025 HIDS Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E81740E" w14:textId="54901BF7" w:rsidR="00A14ABE" w:rsidRPr="41EA1371" w:rsidRDefault="00876FBE" w:rsidP="0FA71662">
+          <w:p w14:paraId="7755B11E" w14:textId="2C9088DA" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Experts </w:t>
+              <w:t>Multiple Experts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="074E1402" w14:textId="11B8B777" w:rsidR="00A14ABE" w:rsidRPr="41EA1371" w:rsidRDefault="00F872DF" w:rsidP="0FA71662">
+          <w:p w14:paraId="2D78B39A" w14:textId="1CDFF02C" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/12/25-5/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804263" w14:paraId="0D184BA9" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2870,51 +2854,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3335,51 +3319,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4371,51 +4355,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4747,51 +4731,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5101,51 +5085,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5388,51 +5372,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00733FF2" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -6017,71 +6001,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="213647CF" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="766D4F29" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17C2E59D" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="65255161" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42717EEB" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462">
+    <w:p w14:paraId="7068C067" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -6118,51 +6102,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00733FF2" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="000807B4" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6576,71 +6560,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F142601" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="7F5F7785" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4022F63E" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462" w:rsidP="00D73674">
+    <w:p w14:paraId="1C12E97B" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6D787F05" w14:textId="77777777" w:rsidR="00030462" w:rsidRDefault="00030462">
+    <w:p w14:paraId="6F62BE00" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -6735,188 +6719,195 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00030462"/>
     <w:rsid w:val="0003189C"/>
     <w:rsid w:val="00052B9A"/>
+    <w:rsid w:val="000807B4"/>
     <w:rsid w:val="000B227A"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000F7635"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001C77C6"/>
     <w:rsid w:val="001F5966"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00224EAC"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00240545"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002B08CF"/>
     <w:rsid w:val="002B2969"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00346E38"/>
     <w:rsid w:val="003630F3"/>
     <w:rsid w:val="0039376A"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D4549"/>
     <w:rsid w:val="004E59D9"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005F4F14"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00662579"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A3DCE"/>
     <w:rsid w:val="006A7C81"/>
     <w:rsid w:val="006B35AD"/>
     <w:rsid w:val="006C4837"/>
     <w:rsid w:val="00733FF2"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00804263"/>
     <w:rsid w:val="008205ED"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00874FF8"/>
     <w:rsid w:val="00876FBE"/>
     <w:rsid w:val="008834B9"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886307"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008C2E17"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="009865CC"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009C218C"/>
     <w:rsid w:val="009C33BC"/>
     <w:rsid w:val="009E3F60"/>
     <w:rsid w:val="00A04766"/>
     <w:rsid w:val="00A14ABE"/>
     <w:rsid w:val="00A20D59"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
+    <w:rsid w:val="00AB08D2"/>
+    <w:rsid w:val="00B15E0E"/>
     <w:rsid w:val="00B373A8"/>
     <w:rsid w:val="00B43181"/>
     <w:rsid w:val="00B51740"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
+    <w:rsid w:val="00B937B8"/>
     <w:rsid w:val="00BA2DEC"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C07DFC"/>
     <w:rsid w:val="00C454AD"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C47062"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CD58DA"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D21125"/>
     <w:rsid w:val="00D368AF"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D92678"/>
     <w:rsid w:val="00D92967"/>
     <w:rsid w:val="00D95DFC"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA5A3F"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB24E8"/>
     <w:rsid w:val="00DB5D85"/>
     <w:rsid w:val="00DD26CF"/>
     <w:rsid w:val="00E30B89"/>
+    <w:rsid w:val="00E51A78"/>
     <w:rsid w:val="00E55ADA"/>
+    <w:rsid w:val="00E61EFA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E85C56"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00ED2D03"/>
     <w:rsid w:val="00F4348B"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F865D7"/>
     <w:rsid w:val="00F872DF"/>
     <w:rsid w:val="01AC68ED"/>
     <w:rsid w:val="022D16B1"/>
     <w:rsid w:val="06FC20E2"/>
     <w:rsid w:val="0A71D528"/>
     <w:rsid w:val="0B720C6F"/>
     <w:rsid w:val="0D044DDE"/>
     <w:rsid w:val="0D9676DB"/>
     <w:rsid w:val="0EE53C66"/>
     <w:rsid w:val="0F0F6E2E"/>
     <w:rsid w:val="0FA71662"/>
     <w:rsid w:val="106E0114"/>
     <w:rsid w:val="11C008DC"/>
     <w:rsid w:val="11F9C062"/>
@@ -7926,59 +7917,62 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00064938"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001F5966"/>
     <w:rsid w:val="00240545"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="0029435A"/>
+    <w:rsid w:val="002B08CF"/>
+    <w:rsid w:val="002B5B25"/>
     <w:rsid w:val="004D4549"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00BA2DEC"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA25C1"/>
+    <w:rsid w:val="00E61EFA"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58213552"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8721,144 +8715,172 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">68</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1cfbb0d77fdf86de62f1368dc606e7d5" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:bcb0abd1f2e14e1dbf0bebeb2f53ea5f" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Summary" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="38" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="39" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69dada7d-659e-47da-bbde-818d14d6c42b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Staff_x0020_Member" ma:index="4" nillable="true" ma:displayName="Staff Member" ma:indexed="true" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Staff_x0020_Member0" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Technical_x0020_Reviewer" ma:index="5" nillable="true" ma:displayName="Technical Reviewer" ma:list="{a4dff870-c9c7-4b0d-8bc5-a59804f26cc8}" ma:internalName="Technical_x0020_Reviewer" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Equipment_x0020_ID1" ma:index="6" nillable="true" ma:displayName="Equipment ID" ma:indexed="true" ma:list="{b2ddf1ee-1084-480e-97d7-864e7516d1e9}" ma:internalName="Equipment_x0020_ID1" ma:readOnly="false" ma:showField="Drop_x0020_Down" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Vendor1" ma:index="7" nillable="true" ma:displayName="Vendor" ma:indexed="true" ma:list="{1692d8ca-57a1-4b92-9bdc-5b3065d51784}" ma:internalName="Vendor1" ma:readOnly="false" ma:showField="Title" ma:web="69dada7d-659e-47da-bbde-818d14d6c42b">
       <xsd:simpleType>
         <xsd:restriction base="dms:Lookup"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8874,51 +8896,51 @@
     <xsd:element name="h88283a84cb2461a92ac24491eb192a6" ma:index="14" ma:taxonomy="true" ma:internalName="h88283a84cb2461a92ac24491eb192a6" ma:taxonomyFieldName="Document_x0020_Category" ma:displayName="QA Category" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{188283a8-4cb2-461a-92ac-24491eb192a6}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="393d14f9-afb0-4d71-a063-06653d558c9a" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:index="32" ma:taxonomy="true" ma:internalName="bcb0abd1f2e14e1dbf0bebeb2f53ea5f" ma:taxonomyFieldName="Related_x0020_Service" ma:displayName="Related Service" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{bcb0abd1-f2e1-4e1d-bf0b-ebeb2f53ea5f}" ma:sspId="81fff9b3-6ef6-4aa5-8852-6b1354b1eeb7" ma:termSetId="84157ea3-196f-4e8c-951a-e4f5f4131290" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Summary" ma:index="36" nillable="true" ma:displayName="Summary" ma:internalName="Summary">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e3987451-ba2f-4578-8609-92643764afd6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:internalName="LotNumber" ma:readOnly="false">
+    <xsd:element name="LotNumber" ma:index="8" nillable="true" ma:displayName="Lot Number" ma:format="Dropdown" ma:indexed="true" ma:internalName="LotNumber">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="wd2t" ma:index="9" nillable="true" ma:displayName="Expiration Date" ma:format="DateOnly" ma:indexed="true" ma:internalName="wd2t" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Action_x0020_Needed_x0020_by_x003a_" ma:index="10" nillable="true" ma:displayName="Action Needed by" ma:indexed="true" ma:list="UserInfo" ma:SharePointGroup="155" ma:internalName="Action_x0020_Needed_x0020_by_x003a_" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
@@ -9119,128 +9141,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2475D168-FE97-43B7-BB20-F58133830E97}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>715</Words>
-  <Characters>4078</Characters>
+  <Words>643</Words>
+  <Characters>4148</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>276</Lines>
+  <Paragraphs>149</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4784</CharactersWithSpaces>
+  <CharactersWithSpaces>4642</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>