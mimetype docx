--- v1 (2026-02-06)
+++ v2 (2026-03-22)
@@ -1,36 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -58,51 +59,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="358FF0BD" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="2EF883DB">
+    <w:p w14:paraId="61D1F5B4" w14:textId="15286A6F" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="2EF883DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
@@ -181,68 +182,88 @@
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00052B9A" w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="332D8917F7D74D84A90586BE4BA554B1"/>
           </w:placeholder>
-          <w:date w:fullDate="2026-01-08T00:00:00Z">
+          <w:date w:fullDate="2026-02-09T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009C218C">
+          <w:r w:rsidR="00620944">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>1/8/2026</w:t>
+            <w:t>2/</w:t>
+          </w:r>
+          <w:r w:rsidR="001F61B0">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>9</w:t>
+          </w:r>
+          <w:r w:rsidR="00620944">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="60F24440" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="2EF883DB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2EF883DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1100,116 +1121,135 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9355"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D1" w14:textId="77777777" w:rsidTr="2EF883DB">
         <w:trPr>
           <w:trHeight w:val="76"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5D0" w14:textId="39AFA884" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="1B01398E" w:rsidP="2EF883DB">
+          <w:p w14:paraId="61D1F5D0" w14:textId="2B7CDAB4" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="1B01398E" w:rsidP="2EF883DB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2EF883DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
             <w:r w:rsidR="00B373A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and evidence </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F5D2" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1434,97 +1474,165 @@
             <w:tcW w:w="2633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5DB" w14:textId="7D8ABA0D" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2014-2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DC" w14:textId="4E10739E" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5DC" w14:textId="53BA4850" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00063EB4" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Biology, Master of Sciences</w:t>
+              <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5DD" w14:textId="22E5772D" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00DB24E8" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5DD" w14:textId="4171D759" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00063EB4" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coursework completed/Thesis </w:t>
-[...7 lines deleted...]
-              <w:t>Incomplete</w:t>
+              <w:t xml:space="preserve">Completed </w:t>
+            </w:r>
+            <w:r w:rsidR="006E57FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.5 years of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="006E57FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="008A3791">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aster’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008A3791">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C2AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>of Science</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C2AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A7A20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">level </w:t>
+            </w:r>
+            <w:r w:rsidR="00191C70">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>biology</w:t>
+            </w:r>
+            <w:r w:rsidR="00A74A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and statistics coursework</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F5E3" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5DF" w14:textId="1F395737" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -1562,66 +1670,66 @@
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E1" w14:textId="5249D8F3" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Biology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E2" w14:textId="7614B106" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5E2" w14:textId="1A30A113" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="001C2AEB" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Yes</w:t>
+              <w:t xml:space="preserve">Bachelor’s </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F5E8" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E4" w14:textId="12D82FB7" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -1659,197 +1767,67 @@
             <w:tcW w:w="1974" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5E6" w14:textId="642DB9EB" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>General Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F5E7" w14:textId="4942465C" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="0039376A">
+          <w:p w14:paraId="61D1F5E7" w14:textId="3D3E79BA" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="00790B9E" w:rsidP="0039376A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>No</w:t>
-[...130 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Bachelor’s coursework </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
@@ -1865,51 +1843,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2030,50 +2008,148 @@
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3052C0C0" w14:textId="77777777" w:rsidR="59A00583" w:rsidRDefault="59A00583"/>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00876D28" w14:paraId="4BDE7AD4" w14:textId="77777777" w:rsidTr="41EA1371">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15860113" w14:textId="7B3A5247" w:rsidR="00876D28" w:rsidRDefault="004B5F25" w:rsidP="0FA71662">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Forensic Biology Training Program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E3E568" w14:textId="16C91F87" w:rsidR="00876D28" w:rsidRDefault="004B5F25" w:rsidP="0FA71662">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Alaska State Crime Lab</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E4A6C3" w14:textId="0824BB2D" w:rsidR="00876D28" w:rsidRDefault="0014417F" w:rsidP="0FA71662">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3/29/2024-</w:t>
+            </w:r>
+            <w:r w:rsidR="005F73B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2/</w:t>
+            </w:r>
+            <w:r w:rsidR="00A159A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>28/</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA32CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00E51A78" w14:paraId="0A8EDD69" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50200467" w14:textId="03B33545" w:rsidR="00E51A78" w:rsidRDefault="00E51A78" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2025 HIDS Conference</w:t>
             </w:r>
@@ -2084,66 +2160,98 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7755B11E" w14:textId="2C9088DA" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Multiple Experts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D78B39A" w14:textId="1CDFF02C" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
+          <w:p w14:paraId="2D78B39A" w14:textId="71972814" w:rsidR="00E51A78" w:rsidRDefault="00B937B8" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5/12/25-5/13/25</w:t>
+              <w:t>5/12/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00142CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5-5/13/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00142CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00804263" w14:paraId="0D184BA9" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DD17536" w14:textId="18EE1686" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2158,74 +2266,90 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="478A8B2F" w14:textId="606B278F" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ben McGough</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="290A5980" w14:textId="1444A3A8" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
+          <w:p w14:paraId="290A5980" w14:textId="6E80899D" w:rsidR="00804263" w:rsidRDefault="00804263" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6/4/24-</w:t>
             </w:r>
             <w:r w:rsidR="00D95DFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6/5/24</w:t>
+              <w:t>6/5/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00142CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D95DFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0FA71662" w14:paraId="2A2AFC93" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="654BA36E" w14:textId="1F6531A8" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2240,66 +2364,66 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="578EDE94" w14:textId="7E0A986C" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Received by STRmix vendors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5927F903" w14:textId="4A9E785C" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
+          <w:p w14:paraId="5927F903" w14:textId="11D3890A" w:rsidR="0FA71662" w:rsidRDefault="0A71D528" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4/8/22024-4/11/2024</w:t>
+              <w:t>4/8/2024-4/11/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="41EA1371" w14:paraId="21DE0092" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79FB4CCF" w14:textId="74FAC226" w:rsidR="41EA1371" w:rsidRDefault="41EA1371" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2365,105 +2489,121 @@
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E3CD37C" w14:textId="754791FC" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="003630F3" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Biology Tech training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8A1BCE" w14:textId="47B29B46" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="00D92967" w:rsidP="0FA71662">
+          <w:p w14:paraId="3E8A1BCE" w14:textId="43483F10" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="00142CD3" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>State of Alaska Crime Detection Laboratory</w:t>
+              <w:t>Alaska State Crime Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53598CEB" w14:textId="343370AE" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="006A7C81" w:rsidP="0FA71662">
+          <w:p w14:paraId="53598CEB" w14:textId="5124BC8E" w:rsidR="00E30B89" w:rsidRPr="1456278A" w:rsidRDefault="006A7C81" w:rsidP="0FA71662">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8/19/</w:t>
             </w:r>
             <w:r w:rsidR="00CD58DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
             <w:r w:rsidR="00A20D59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-Current</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00860BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3/</w:t>
+            </w:r>
+            <w:r w:rsidR="00491D66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>29/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0FA71662" w14:paraId="500A541A" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BD5859B" w14:textId="4C2B9DD5" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -2538,57 +2678,67 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Root Cause Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36D9EE85" w14:textId="30D957DE" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass Training</w:t>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="7F715DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="106313D2" w14:textId="546D95B4" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/09/2023</w:t>
             </w:r>
           </w:p>
@@ -2612,57 +2762,67 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ethics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53861CDE" w14:textId="01D96B26" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass Training</w:t>
+              <w:t>Seaglass</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="7F715DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="037AA516" w14:textId="1B1BB15A" w:rsidR="7F715DA8" w:rsidRDefault="7F715DA8" w:rsidP="7F715DA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7F715DA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>05/09/2023</w:t>
             </w:r>
           </w:p>
@@ -2854,51 +3014,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3054,250 +3214,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F616" w14:textId="3E683595" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F617" w14:textId="69947B60" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
-            <w:pPr>
-[...198 lines deleted...]
-          <w:p w14:paraId="61D1F627" w14:textId="33F7A456" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
@@ -3319,51 +3279,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -3645,134 +3605,107 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F63E" w14:textId="24B30637" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F643" w14:textId="77777777" w:rsidTr="7F715DA8">
-[...45 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F644" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1456278A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1456278A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="1456278A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3932,113 +3865,112 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1456278A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska State Crime Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="1456278A" w14:paraId="46EDABB6" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BBDFD63" w14:textId="65B58C2C" w:rsidR="1456278A" w:rsidRDefault="69FAE111" w:rsidP="41EA1371">
+          <w:p w14:paraId="5BBDFD63" w14:textId="6CC3E953" w:rsidR="1456278A" w:rsidRDefault="69FAE111" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
             <w:r w:rsidR="1E83F84B" w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...15 lines deleted...]
-              <w:t>dentify and test stains for the presence of blood and semen, collect and retain stains and potential trace evidence, and perform analytical techniques to generate DNA profiles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="1456278A" w14:paraId="6C1B1ADF" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF28B1A" w14:textId="266CE3CC" w:rsidR="1456278A" w:rsidRDefault="1456278A" w:rsidP="1456278A">
+          <w:p w14:paraId="1CF28B1A" w14:textId="0A57E106" w:rsidR="1456278A" w:rsidRDefault="00FE0020" w:rsidP="1456278A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="004F58FA" w:rsidRPr="004F58FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dentify and test stains for the presence of blood and semen, collect and retain stains and potential trace evidence, and perform analytical techniques to generate DNA profiles.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F646" w14:textId="308F4F25" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="1456278A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4355,51 +4287,51 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9350" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4652,130 +4584,128 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alaska Department of Public Safety, Scientific Crime Detection Laboratory</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F65B" w14:textId="20C0D4B8" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F65E" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4B6289" w14:textId="7A19157E" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="106E0114" w:rsidP="41EA1371">
+          <w:p w14:paraId="61D1F65D" w14:textId="16A10C39" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="106E0114" w:rsidP="0037555E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Provide a brief description of principal duties: Analyzing evidence for latent prints, writing reports of findings, mixing chemicals and general laboratory upkeep.</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Provide a brief description of principal duties: </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F65F" w14:textId="7EB39955" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="007F2E28">
+          <w:p w14:paraId="61D1F65F" w14:textId="6E7FE0D3" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0037555E" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0037555E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Analyzing evidence for latent prints, writing reports of findings, mixing chemicals and general laboratory upkeep.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -4982,89 +4912,87 @@
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="6BA9445D" w14:textId="77777777" w:rsidR="59A00583" w:rsidRDefault="59A00583"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8345" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="731449F2" w14:textId="051D4542" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="39CC0629" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Midnight Sun Brewing Company</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F669" w14:textId="4C9EB4AA" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F66C" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="78B20701" w14:textId="278E22F8" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="39CC0629" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="41EA1371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties: As the QA/QC technician and brewery scientist, I provided guidance in detecting critical control points of oxygen and microbial contamination leading up to the packaging of beer and identified species types of microbial infection in any beer produced prior to distribution.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F66B" w14:textId="24FC1A12" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="41EA1371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0039376A" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="41EA1371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="36BE6A7C" w:rsidR="0039376A" w:rsidRPr="007F2E28" w:rsidRDefault="0039376A" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -5085,338 +5013,95 @@
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:tbl>
-[...241 lines deleted...]
-    </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="000807B4" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="001F61B0" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
@@ -5652,328 +5337,105 @@
     </w:tbl>
     <w:p w14:paraId="61D1F68B" w14:textId="4C9F417F" w:rsidR="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A0904A" w14:textId="77777777" w:rsidR="006755BD" w:rsidRPr="007F2E28" w:rsidRDefault="006755BD" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...240 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="61D1F68C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5987,85 +5449,85 @@
           </w:tcPr>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="766D4F29" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
+    <w:p w14:paraId="32EDB729" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65255161" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
+    <w:p w14:paraId="48F02E0E" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7068C067" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2">
+    <w:p w14:paraId="0F8A63FB" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -6102,51 +5564,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="000807B4" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="001F61B0" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
@@ -6560,71 +6022,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F5F7785" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
+    <w:p w14:paraId="1AE461A9" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C12E97B" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2" w:rsidP="00D73674">
+    <w:p w14:paraId="3459B8FD" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6F62BE00" w14:textId="77777777" w:rsidR="00AB08D2" w:rsidRDefault="00AB08D2">
+    <w:p w14:paraId="2157EEA5" w14:textId="77777777" w:rsidR="00540CDF" w:rsidRDefault="00540CDF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -6717,209 +6179,392 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
+    <w:rsid w:val="000249C7"/>
+    <w:rsid w:val="00026EAA"/>
     <w:rsid w:val="00030462"/>
     <w:rsid w:val="0003189C"/>
+    <w:rsid w:val="00043510"/>
+    <w:rsid w:val="00050AE1"/>
     <w:rsid w:val="00052B9A"/>
+    <w:rsid w:val="000548BF"/>
+    <w:rsid w:val="00057F6F"/>
+    <w:rsid w:val="00063EB4"/>
+    <w:rsid w:val="000652FB"/>
     <w:rsid w:val="000807B4"/>
+    <w:rsid w:val="0008741C"/>
     <w:rsid w:val="000B227A"/>
     <w:rsid w:val="000C3EF9"/>
+    <w:rsid w:val="000D6B08"/>
+    <w:rsid w:val="000E718C"/>
+    <w:rsid w:val="000F54A8"/>
     <w:rsid w:val="000F7635"/>
+    <w:rsid w:val="00112A53"/>
+    <w:rsid w:val="001171D7"/>
     <w:rsid w:val="00123608"/>
+    <w:rsid w:val="00142CD3"/>
+    <w:rsid w:val="0014417F"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
+    <w:rsid w:val="00183F2D"/>
+    <w:rsid w:val="00191C70"/>
+    <w:rsid w:val="001A531A"/>
     <w:rsid w:val="001B11B0"/>
+    <w:rsid w:val="001B45C0"/>
+    <w:rsid w:val="001C2AEB"/>
     <w:rsid w:val="001C77C6"/>
+    <w:rsid w:val="001C7AC5"/>
     <w:rsid w:val="001F5966"/>
+    <w:rsid w:val="001F61B0"/>
     <w:rsid w:val="00207121"/>
+    <w:rsid w:val="00215028"/>
+    <w:rsid w:val="00216B0F"/>
+    <w:rsid w:val="00220AA3"/>
+    <w:rsid w:val="00222720"/>
     <w:rsid w:val="00224EAC"/>
+    <w:rsid w:val="00233A75"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00240545"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
+    <w:rsid w:val="002608C0"/>
+    <w:rsid w:val="002619C7"/>
+    <w:rsid w:val="00263BF8"/>
+    <w:rsid w:val="00271EDF"/>
+    <w:rsid w:val="00273046"/>
+    <w:rsid w:val="002742FA"/>
+    <w:rsid w:val="0028312E"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002A452F"/>
+    <w:rsid w:val="002A656C"/>
+    <w:rsid w:val="002A7A20"/>
     <w:rsid w:val="002B08CF"/>
     <w:rsid w:val="002B2969"/>
+    <w:rsid w:val="0032787D"/>
+    <w:rsid w:val="00333C07"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00346E38"/>
     <w:rsid w:val="003630F3"/>
+    <w:rsid w:val="0037555E"/>
+    <w:rsid w:val="00383B51"/>
     <w:rsid w:val="0039376A"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="00405053"/>
+    <w:rsid w:val="0042144B"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="00461B38"/>
+    <w:rsid w:val="00473146"/>
+    <w:rsid w:val="00486258"/>
     <w:rsid w:val="0048762B"/>
+    <w:rsid w:val="00491D66"/>
+    <w:rsid w:val="004A063F"/>
+    <w:rsid w:val="004A4661"/>
+    <w:rsid w:val="004B5F25"/>
     <w:rsid w:val="004B73DA"/>
+    <w:rsid w:val="004C4C06"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D4549"/>
     <w:rsid w:val="004E59D9"/>
+    <w:rsid w:val="004F58FA"/>
+    <w:rsid w:val="004F631A"/>
+    <w:rsid w:val="005072A7"/>
+    <w:rsid w:val="00522A27"/>
+    <w:rsid w:val="005231AA"/>
+    <w:rsid w:val="00526955"/>
+    <w:rsid w:val="0052726A"/>
     <w:rsid w:val="0054002B"/>
+    <w:rsid w:val="00540CDF"/>
+    <w:rsid w:val="0055299B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
+    <w:rsid w:val="00570C00"/>
+    <w:rsid w:val="005772F3"/>
+    <w:rsid w:val="00586E58"/>
+    <w:rsid w:val="005877E6"/>
+    <w:rsid w:val="005C43DA"/>
+    <w:rsid w:val="005C5B66"/>
+    <w:rsid w:val="005D0635"/>
+    <w:rsid w:val="005E290C"/>
     <w:rsid w:val="005F4F14"/>
+    <w:rsid w:val="005F73B5"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
+    <w:rsid w:val="00620944"/>
+    <w:rsid w:val="00644021"/>
+    <w:rsid w:val="0065008D"/>
+    <w:rsid w:val="006530F6"/>
     <w:rsid w:val="00662579"/>
+    <w:rsid w:val="00663E54"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="006A3DCE"/>
     <w:rsid w:val="006A7C81"/>
+    <w:rsid w:val="006B005C"/>
     <w:rsid w:val="006B35AD"/>
+    <w:rsid w:val="006C07D0"/>
     <w:rsid w:val="006C4837"/>
+    <w:rsid w:val="006E57FC"/>
     <w:rsid w:val="00733FF2"/>
+    <w:rsid w:val="007449CB"/>
+    <w:rsid w:val="00756823"/>
     <w:rsid w:val="00763D80"/>
+    <w:rsid w:val="00767D47"/>
+    <w:rsid w:val="00773D28"/>
+    <w:rsid w:val="00780949"/>
+    <w:rsid w:val="00785273"/>
+    <w:rsid w:val="00790B9E"/>
     <w:rsid w:val="00792E28"/>
+    <w:rsid w:val="007A3303"/>
     <w:rsid w:val="007B03AE"/>
+    <w:rsid w:val="007D5FE2"/>
     <w:rsid w:val="007F2E28"/>
+    <w:rsid w:val="007F7AA9"/>
     <w:rsid w:val="00804263"/>
+    <w:rsid w:val="00807C1E"/>
+    <w:rsid w:val="008136F6"/>
+    <w:rsid w:val="00817143"/>
     <w:rsid w:val="008205ED"/>
+    <w:rsid w:val="00835F11"/>
+    <w:rsid w:val="00836BEF"/>
+    <w:rsid w:val="008370A9"/>
+    <w:rsid w:val="00860BD0"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00874FF8"/>
+    <w:rsid w:val="00876D28"/>
     <w:rsid w:val="00876FBE"/>
     <w:rsid w:val="008834B9"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00886307"/>
+    <w:rsid w:val="008A3791"/>
+    <w:rsid w:val="008A5DE6"/>
     <w:rsid w:val="008A64CE"/>
+    <w:rsid w:val="008B62F6"/>
+    <w:rsid w:val="008B63BD"/>
+    <w:rsid w:val="008C0472"/>
+    <w:rsid w:val="008C113D"/>
     <w:rsid w:val="008C2E17"/>
+    <w:rsid w:val="008C6837"/>
+    <w:rsid w:val="008D3A63"/>
     <w:rsid w:val="008E167B"/>
+    <w:rsid w:val="008F6285"/>
+    <w:rsid w:val="0091710D"/>
+    <w:rsid w:val="0091775E"/>
     <w:rsid w:val="00936700"/>
+    <w:rsid w:val="00943208"/>
+    <w:rsid w:val="009636F9"/>
+    <w:rsid w:val="00975247"/>
+    <w:rsid w:val="0097741C"/>
+    <w:rsid w:val="0097748A"/>
     <w:rsid w:val="009865CC"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009A7036"/>
+    <w:rsid w:val="009B460D"/>
     <w:rsid w:val="009C218C"/>
+    <w:rsid w:val="009C21C1"/>
     <w:rsid w:val="009C33BC"/>
+    <w:rsid w:val="009C4279"/>
+    <w:rsid w:val="009D7106"/>
     <w:rsid w:val="009E3F60"/>
+    <w:rsid w:val="009F17AE"/>
+    <w:rsid w:val="009F1A82"/>
     <w:rsid w:val="00A04766"/>
     <w:rsid w:val="00A14ABE"/>
+    <w:rsid w:val="00A159A5"/>
     <w:rsid w:val="00A20D59"/>
+    <w:rsid w:val="00A36D4D"/>
     <w:rsid w:val="00A45B52"/>
+    <w:rsid w:val="00A463D9"/>
     <w:rsid w:val="00A62351"/>
+    <w:rsid w:val="00A74A05"/>
+    <w:rsid w:val="00A75C2C"/>
+    <w:rsid w:val="00A769E9"/>
+    <w:rsid w:val="00A81CD0"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB08D2"/>
+    <w:rsid w:val="00AB7238"/>
+    <w:rsid w:val="00AC5329"/>
+    <w:rsid w:val="00AD1EB7"/>
+    <w:rsid w:val="00AE16A0"/>
+    <w:rsid w:val="00AE323C"/>
+    <w:rsid w:val="00AE35DC"/>
+    <w:rsid w:val="00AE5973"/>
+    <w:rsid w:val="00B12D3A"/>
     <w:rsid w:val="00B15E0E"/>
+    <w:rsid w:val="00B362B2"/>
     <w:rsid w:val="00B373A8"/>
     <w:rsid w:val="00B43181"/>
     <w:rsid w:val="00B51740"/>
     <w:rsid w:val="00B52B4C"/>
+    <w:rsid w:val="00B55947"/>
     <w:rsid w:val="00B714B5"/>
+    <w:rsid w:val="00B84E7B"/>
     <w:rsid w:val="00B937B8"/>
+    <w:rsid w:val="00B96712"/>
+    <w:rsid w:val="00BA0A7C"/>
     <w:rsid w:val="00BA2DEC"/>
+    <w:rsid w:val="00BA569C"/>
+    <w:rsid w:val="00BA7083"/>
+    <w:rsid w:val="00BD1841"/>
+    <w:rsid w:val="00BD6689"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
+    <w:rsid w:val="00C04914"/>
     <w:rsid w:val="00C07DFC"/>
+    <w:rsid w:val="00C16EF8"/>
     <w:rsid w:val="00C454AD"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C47062"/>
     <w:rsid w:val="00C56282"/>
+    <w:rsid w:val="00C66DCA"/>
     <w:rsid w:val="00C71D1F"/>
+    <w:rsid w:val="00CD3D76"/>
     <w:rsid w:val="00CD58DA"/>
+    <w:rsid w:val="00CE0F34"/>
+    <w:rsid w:val="00CE5706"/>
+    <w:rsid w:val="00CE69D3"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D12690"/>
+    <w:rsid w:val="00D14E70"/>
     <w:rsid w:val="00D21125"/>
     <w:rsid w:val="00D368AF"/>
+    <w:rsid w:val="00D501A5"/>
+    <w:rsid w:val="00D513E9"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D92678"/>
     <w:rsid w:val="00D92967"/>
     <w:rsid w:val="00D95DFC"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00DA32CA"/>
     <w:rsid w:val="00DA5A3F"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DB24E8"/>
     <w:rsid w:val="00DB5D85"/>
     <w:rsid w:val="00DD26CF"/>
+    <w:rsid w:val="00E12F2D"/>
+    <w:rsid w:val="00E13B62"/>
+    <w:rsid w:val="00E167F0"/>
+    <w:rsid w:val="00E16FC4"/>
+    <w:rsid w:val="00E27797"/>
+    <w:rsid w:val="00E2785D"/>
     <w:rsid w:val="00E30B89"/>
     <w:rsid w:val="00E51A78"/>
     <w:rsid w:val="00E55ADA"/>
+    <w:rsid w:val="00E57C1A"/>
     <w:rsid w:val="00E61EFA"/>
+    <w:rsid w:val="00E67EDA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E85C56"/>
     <w:rsid w:val="00E8658A"/>
+    <w:rsid w:val="00EB276F"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00EC1CEF"/>
+    <w:rsid w:val="00ED0A6C"/>
     <w:rsid w:val="00ED2D03"/>
+    <w:rsid w:val="00EF0EA2"/>
+    <w:rsid w:val="00EF33F4"/>
+    <w:rsid w:val="00EF6287"/>
+    <w:rsid w:val="00F10477"/>
     <w:rsid w:val="00F4348B"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F80E3E"/>
+    <w:rsid w:val="00F823C4"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F865D7"/>
     <w:rsid w:val="00F872DF"/>
+    <w:rsid w:val="00F969CD"/>
+    <w:rsid w:val="00FA4EF5"/>
+    <w:rsid w:val="00FB3C2F"/>
+    <w:rsid w:val="00FC3B4B"/>
+    <w:rsid w:val="00FC3FCF"/>
+    <w:rsid w:val="00FC511F"/>
+    <w:rsid w:val="00FE0020"/>
     <w:rsid w:val="01AC68ED"/>
     <w:rsid w:val="022D16B1"/>
     <w:rsid w:val="06FC20E2"/>
     <w:rsid w:val="0A71D528"/>
     <w:rsid w:val="0B720C6F"/>
     <w:rsid w:val="0D044DDE"/>
     <w:rsid w:val="0D9676DB"/>
     <w:rsid w:val="0EE53C66"/>
     <w:rsid w:val="0F0F6E2E"/>
     <w:rsid w:val="0FA71662"/>
     <w:rsid w:val="106E0114"/>
     <w:rsid w:val="11C008DC"/>
     <w:rsid w:val="11F9C062"/>
     <w:rsid w:val="12604C91"/>
     <w:rsid w:val="12BA5729"/>
     <w:rsid w:val="130D61C1"/>
     <w:rsid w:val="1456278A"/>
     <w:rsid w:val="16DD8843"/>
     <w:rsid w:val="1A248114"/>
     <w:rsid w:val="1A7857E0"/>
     <w:rsid w:val="1ACCA256"/>
     <w:rsid w:val="1B01398E"/>
     <w:rsid w:val="1E0BDDEA"/>
     <w:rsid w:val="1E6846C5"/>
     <w:rsid w:val="1E83F84B"/>
@@ -7524,51 +7169,51 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -7871,102 +7516,103 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00064938"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001F5966"/>
     <w:rsid w:val="00240545"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="0029435A"/>
     <w:rsid w:val="002B08CF"/>
     <w:rsid w:val="002B5B25"/>
+    <w:rsid w:val="00333C07"/>
     <w:rsid w:val="004D4549"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
+    <w:rsid w:val="00942095"/>
     <w:rsid w:val="00B04465"/>
+    <w:rsid w:val="00B362B2"/>
     <w:rsid w:val="00BA2DEC"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA25C1"/>
     <w:rsid w:val="00E61EFA"/>
     <w:rsid w:val="00EC1245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -8777,52 +8423,52 @@
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9152,108 +8798,126 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2475D168-FE97-43B7-BB20-F58133830E97}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FB41165-0ADF-4E13-8D0B-14AB64707214}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>643</Words>
-  <Characters>4148</Characters>
+  <Words>820</Words>
+  <Characters>3887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>276</Lines>
-  <Paragraphs>149</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4642</CharactersWithSpaces>
+  <CharactersWithSpaces>4658</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Related Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Related_x0020_Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Document_x0020_Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>