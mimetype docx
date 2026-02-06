--- v1 (2025-11-23)
+++ v2 (2026-02-06)
@@ -1106,59 +1106,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -4618,59 +4637,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -6262,59 +6300,78 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -6413,61 +6470,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="365E9B24" w14:textId="77777777" w:rsidR="00114B1B" w:rsidRDefault="00114B1B" w:rsidP="00D73674">
+    <w:p w14:paraId="450C33C9" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="526DD10B" w14:textId="77777777" w:rsidR="00114B1B" w:rsidRDefault="00114B1B" w:rsidP="00D73674">
+    <w:p w14:paraId="21BAB6BD" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6954,61 +7011,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="229DD36A" w14:textId="77777777" w:rsidR="00114B1B" w:rsidRDefault="00114B1B" w:rsidP="00D73674">
+    <w:p w14:paraId="05A41A5A" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54166DB1" w14:textId="77777777" w:rsidR="00114B1B" w:rsidRDefault="00114B1B" w:rsidP="00D73674">
+    <w:p w14:paraId="4FD5B9C5" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -7107,50 +7164,51 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
@@ -7240,100 +7298,102 @@
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005D2219"/>
     <w:rsid w:val="005F21AD"/>
     <w:rsid w:val="00606AE4"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00644C1B"/>
     <w:rsid w:val="00653E02"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006707CA"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00697948"/>
     <w:rsid w:val="006E54B7"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007A0246"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B299D"/>
     <w:rsid w:val="007E4185"/>
     <w:rsid w:val="007F0BDB"/>
     <w:rsid w:val="007F297C"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="0080067B"/>
     <w:rsid w:val="00815D56"/>
     <w:rsid w:val="00835AA2"/>
+    <w:rsid w:val="00846989"/>
     <w:rsid w:val="0085611B"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00871423"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="0089296F"/>
     <w:rsid w:val="00896FB5"/>
     <w:rsid w:val="008A38F3"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B0DAA"/>
     <w:rsid w:val="008B13C3"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="00916F98"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00953D0D"/>
     <w:rsid w:val="009612F2"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009B0BF8"/>
     <w:rsid w:val="009B316E"/>
     <w:rsid w:val="009C5E07"/>
     <w:rsid w:val="009D65AA"/>
     <w:rsid w:val="009E26AC"/>
     <w:rsid w:val="009E3521"/>
     <w:rsid w:val="009F1DAE"/>
     <w:rsid w:val="009F2CEE"/>
     <w:rsid w:val="00A03554"/>
     <w:rsid w:val="00A03788"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A838FD"/>
     <w:rsid w:val="00A8409C"/>
     <w:rsid w:val="00A859E5"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB5FAA"/>
     <w:rsid w:val="00AD0671"/>
     <w:rsid w:val="00AD4E3A"/>
     <w:rsid w:val="00B10EC4"/>
     <w:rsid w:val="00B12BB1"/>
     <w:rsid w:val="00B3060D"/>
     <w:rsid w:val="00B323DA"/>
     <w:rsid w:val="00B32A5D"/>
     <w:rsid w:val="00B40EB7"/>
     <w:rsid w:val="00B504F2"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B73533"/>
     <w:rsid w:val="00B772E3"/>
     <w:rsid w:val="00B84F0C"/>
     <w:rsid w:val="00B87EE6"/>
     <w:rsid w:val="00B938E1"/>
+    <w:rsid w:val="00BA0DE1"/>
     <w:rsid w:val="00BE6FA3"/>
     <w:rsid w:val="00BF4C58"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C00041"/>
     <w:rsid w:val="00C2404F"/>
     <w:rsid w:val="00C33B9E"/>
     <w:rsid w:val="00C44375"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C50A33"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C66702"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C87514"/>
     <w:rsid w:val="00C93136"/>
     <w:rsid w:val="00C97A2F"/>
     <w:rsid w:val="00CB25F3"/>
     <w:rsid w:val="00CE270B"/>
     <w:rsid w:val="00CE7ECB"/>
     <w:rsid w:val="00D00D5A"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D62E0D"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
@@ -7341,50 +7401,51 @@
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA396C"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DE3DC1"/>
     <w:rsid w:val="00E00B13"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E6567A"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E875E8"/>
     <w:rsid w:val="00EB76D1"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EE21F3"/>
     <w:rsid w:val="00EE6170"/>
     <w:rsid w:val="00F05241"/>
     <w:rsid w:val="00F61649"/>
     <w:rsid w:val="00F61764"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F7602E"/>
     <w:rsid w:val="00F76A76"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F94BE9"/>
     <w:rsid w:val="00FD3EBB"/>
+    <w:rsid w:val="00FD7405"/>
     <w:rsid w:val="00FE6825"/>
     <w:rsid w:val="00FF5496"/>
     <w:rsid w:val="5F537E42"/>
     <w:rsid w:val="6BFF6BEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -8265,76 +8326,78 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00003086"/>
     <w:rsid w:val="00140EBC"/>
     <w:rsid w:val="001A57BF"/>
     <w:rsid w:val="001B3044"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001E4E0D"/>
     <w:rsid w:val="0027524C"/>
+    <w:rsid w:val="002F79F0"/>
     <w:rsid w:val="00342854"/>
     <w:rsid w:val="003638D8"/>
     <w:rsid w:val="003774D3"/>
     <w:rsid w:val="00380380"/>
     <w:rsid w:val="004675EF"/>
     <w:rsid w:val="006124A9"/>
     <w:rsid w:val="00697948"/>
     <w:rsid w:val="007F5620"/>
     <w:rsid w:val="00896FB5"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009A7EEA"/>
     <w:rsid w:val="00AB06B8"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B323DA"/>
     <w:rsid w:val="00B73533"/>
     <w:rsid w:val="00C33B9E"/>
     <w:rsid w:val="00C50A33"/>
     <w:rsid w:val="00CB464B"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DB4E12"/>
     <w:rsid w:val="00E96EBE"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F05241"/>
+    <w:rsid w:val="00FD7405"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -9074,110 +9137,114 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">12</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fe8545eb6805aba6ed45b9b1d68b9650">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="474fc9eb3af6f70da806bcde1006370e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a2609451f0420fd93d643402db6ceaf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9496,119 +9563,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0ED9875-DC91-47DD-812A-DE93D7935039}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...12 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F693D2D-CF97-444D-8DE6-786E33B318B9}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>825</Words>
-  <Characters>4705</Characters>
+  <Words>680</Words>
+  <Characters>4599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>249</Lines>
+  <Paragraphs>170</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5519</CharactersWithSpaces>
+  <CharactersWithSpaces>5136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>