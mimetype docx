--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="5294F278" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="59940BDE" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -155,66 +155,66 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="952B834374694389A6673364F7A0291A"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-05T00:00:00Z">
+          <w:date w:fullDate="2026-02-11T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00311A5E">
+          <w:r w:rsidR="00F94BB5">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/5/2025</w:t>
+            <w:t>2/11/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="4D5786EB" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
@@ -3972,74 +3972,74 @@
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F61A" w14:textId="2EFF997D" w:rsidR="00335939" w:rsidRPr="007F2E28" w:rsidRDefault="009612F2" w:rsidP="00335939">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2020-Current</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61B" w14:textId="64291B64" w:rsidR="00335939" w:rsidRPr="007F2E28" w:rsidRDefault="004B3431" w:rsidP="00335939">
+          <w:p w14:paraId="61D1F61B" w14:textId="2BE65C9B" w:rsidR="00335939" w:rsidRPr="007F2E28" w:rsidRDefault="004B3431" w:rsidP="00335939">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00311A5E">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00F94BB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE270B" w:rsidRPr="007F2E28" w14:paraId="61D1F620" w14:textId="77777777" w:rsidTr="6BFF6BEE">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F61D" w14:textId="5356FAFD" w:rsidR="00CE270B" w:rsidRPr="007F2E28" w:rsidRDefault="00B40EB7" w:rsidP="00CE270B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
@@ -6470,61 +6470,61 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="450C33C9" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
+    <w:p w14:paraId="3AF4807A" w14:textId="77777777" w:rsidR="00E01501" w:rsidRDefault="00E01501" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21BAB6BD" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
+    <w:p w14:paraId="5FCD1D3D" w14:textId="77777777" w:rsidR="00E01501" w:rsidRDefault="00E01501" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7011,61 +7011,61 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05A41A5A" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
+    <w:p w14:paraId="046A8E64" w14:textId="77777777" w:rsidR="00E01501" w:rsidRDefault="00E01501" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FD5B9C5" w14:textId="77777777" w:rsidR="00846989" w:rsidRDefault="00846989" w:rsidP="00D73674">
+    <w:p w14:paraId="227A9B1E" w14:textId="77777777" w:rsidR="00E01501" w:rsidRDefault="00E01501" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="009F0B21">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
@@ -7208,242 +7208,256 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00036EF8"/>
     <w:rsid w:val="000379BA"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000538DF"/>
     <w:rsid w:val="00074A94"/>
     <w:rsid w:val="00084823"/>
     <w:rsid w:val="00087446"/>
     <w:rsid w:val="000B6474"/>
     <w:rsid w:val="000C258D"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000D1B5F"/>
     <w:rsid w:val="000D2F22"/>
     <w:rsid w:val="000D39A6"/>
     <w:rsid w:val="00114B1B"/>
     <w:rsid w:val="0011602A"/>
     <w:rsid w:val="001175D4"/>
     <w:rsid w:val="00121D90"/>
     <w:rsid w:val="00123608"/>
+    <w:rsid w:val="0013742C"/>
     <w:rsid w:val="00140EBC"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="00163D04"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B1416"/>
     <w:rsid w:val="001B3044"/>
     <w:rsid w:val="001C145F"/>
     <w:rsid w:val="001C5577"/>
     <w:rsid w:val="001D370E"/>
+    <w:rsid w:val="001E5868"/>
     <w:rsid w:val="00205941"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00217EF5"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00257DE3"/>
     <w:rsid w:val="00261B6F"/>
     <w:rsid w:val="002721C0"/>
     <w:rsid w:val="002839F1"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002E5556"/>
     <w:rsid w:val="002F079B"/>
     <w:rsid w:val="0030226D"/>
     <w:rsid w:val="00307656"/>
     <w:rsid w:val="00311A5E"/>
     <w:rsid w:val="0032290D"/>
     <w:rsid w:val="00325651"/>
     <w:rsid w:val="00334593"/>
     <w:rsid w:val="00335939"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00342854"/>
     <w:rsid w:val="0034584C"/>
     <w:rsid w:val="0037231E"/>
     <w:rsid w:val="00380380"/>
     <w:rsid w:val="0038648D"/>
     <w:rsid w:val="003A3670"/>
+    <w:rsid w:val="003A5505"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F1E8F"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00427B5C"/>
     <w:rsid w:val="00432ADE"/>
     <w:rsid w:val="00447970"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="00463E87"/>
     <w:rsid w:val="004675EF"/>
     <w:rsid w:val="00475A49"/>
     <w:rsid w:val="004802A7"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="00495328"/>
     <w:rsid w:val="004B3431"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004C1080"/>
     <w:rsid w:val="004C65C0"/>
     <w:rsid w:val="004D2008"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D3300"/>
     <w:rsid w:val="004E6FA7"/>
     <w:rsid w:val="00512B0F"/>
+    <w:rsid w:val="005267BC"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="005D2219"/>
     <w:rsid w:val="005F21AD"/>
     <w:rsid w:val="00606AE4"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00644C1B"/>
     <w:rsid w:val="00653E02"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006707CA"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00697948"/>
     <w:rsid w:val="006E54B7"/>
+    <w:rsid w:val="007117EC"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007A0246"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B299D"/>
     <w:rsid w:val="007E4185"/>
     <w:rsid w:val="007F0BDB"/>
     <w:rsid w:val="007F297C"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="0080067B"/>
     <w:rsid w:val="00815D56"/>
     <w:rsid w:val="00835AA2"/>
     <w:rsid w:val="00846989"/>
     <w:rsid w:val="0085611B"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00871423"/>
+    <w:rsid w:val="00883C2C"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="0089296F"/>
     <w:rsid w:val="00896FB5"/>
     <w:rsid w:val="008A38F3"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B0DAA"/>
     <w:rsid w:val="008B13C3"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="00916F98"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00953D0D"/>
     <w:rsid w:val="009612F2"/>
     <w:rsid w:val="009A1D6D"/>
+    <w:rsid w:val="009A1E11"/>
     <w:rsid w:val="009B0BF8"/>
     <w:rsid w:val="009B316E"/>
     <w:rsid w:val="009C5E07"/>
     <w:rsid w:val="009D65AA"/>
     <w:rsid w:val="009E26AC"/>
     <w:rsid w:val="009E3521"/>
     <w:rsid w:val="009F1DAE"/>
     <w:rsid w:val="009F2CEE"/>
     <w:rsid w:val="00A03554"/>
     <w:rsid w:val="00A03788"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A838FD"/>
     <w:rsid w:val="00A8409C"/>
     <w:rsid w:val="00A859E5"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB5FAA"/>
     <w:rsid w:val="00AD0671"/>
     <w:rsid w:val="00AD4E3A"/>
     <w:rsid w:val="00B10EC4"/>
     <w:rsid w:val="00B12BB1"/>
     <w:rsid w:val="00B3060D"/>
     <w:rsid w:val="00B323DA"/>
     <w:rsid w:val="00B32A5D"/>
     <w:rsid w:val="00B40EB7"/>
     <w:rsid w:val="00B504F2"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B73533"/>
     <w:rsid w:val="00B772E3"/>
     <w:rsid w:val="00B84F0C"/>
+    <w:rsid w:val="00B867C6"/>
     <w:rsid w:val="00B87EE6"/>
     <w:rsid w:val="00B938E1"/>
     <w:rsid w:val="00BA0DE1"/>
     <w:rsid w:val="00BE6FA3"/>
     <w:rsid w:val="00BF4C58"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C00041"/>
     <w:rsid w:val="00C2404F"/>
     <w:rsid w:val="00C33B9E"/>
     <w:rsid w:val="00C44375"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C50A33"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C66702"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C87514"/>
     <w:rsid w:val="00C93136"/>
     <w:rsid w:val="00C97A2F"/>
     <w:rsid w:val="00CB25F3"/>
     <w:rsid w:val="00CE270B"/>
     <w:rsid w:val="00CE7ECB"/>
     <w:rsid w:val="00D00D5A"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D2515D"/>
+    <w:rsid w:val="00D33EAD"/>
     <w:rsid w:val="00D62E0D"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D76DA8"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA396C"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DE3DC1"/>
     <w:rsid w:val="00E00B13"/>
+    <w:rsid w:val="00E01501"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E6567A"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E875E8"/>
     <w:rsid w:val="00EB76D1"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00EC6CE6"/>
     <w:rsid w:val="00EE21F3"/>
     <w:rsid w:val="00EE6170"/>
     <w:rsid w:val="00F05241"/>
     <w:rsid w:val="00F61649"/>
     <w:rsid w:val="00F61764"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F7602E"/>
     <w:rsid w:val="00F76A76"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
+    <w:rsid w:val="00F94BB5"/>
     <w:rsid w:val="00F94BE9"/>
+    <w:rsid w:val="00FB6B0B"/>
     <w:rsid w:val="00FD3EBB"/>
     <w:rsid w:val="00FD7405"/>
     <w:rsid w:val="00FE6825"/>
     <w:rsid w:val="00FF5496"/>
     <w:rsid w:val="5F537E42"/>
     <w:rsid w:val="6BFF6BEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -8325,78 +8339,87 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00003086"/>
     <w:rsid w:val="00140EBC"/>
     <w:rsid w:val="001A57BF"/>
     <w:rsid w:val="001B3044"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="001E4E0D"/>
+    <w:rsid w:val="001E5868"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002F79F0"/>
+    <w:rsid w:val="0034230C"/>
     <w:rsid w:val="00342854"/>
     <w:rsid w:val="003638D8"/>
     <w:rsid w:val="003774D3"/>
     <w:rsid w:val="00380380"/>
     <w:rsid w:val="004675EF"/>
+    <w:rsid w:val="005267BC"/>
     <w:rsid w:val="006124A9"/>
     <w:rsid w:val="00697948"/>
+    <w:rsid w:val="007117EC"/>
     <w:rsid w:val="007F5620"/>
+    <w:rsid w:val="00887BBE"/>
     <w:rsid w:val="00896FB5"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009A7EEA"/>
+    <w:rsid w:val="009B0CDC"/>
     <w:rsid w:val="00AB06B8"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B323DA"/>
     <w:rsid w:val="00B73533"/>
     <w:rsid w:val="00C33B9E"/>
     <w:rsid w:val="00C50A33"/>
     <w:rsid w:val="00CB464B"/>
+    <w:rsid w:val="00D2515D"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DB4E12"/>
     <w:rsid w:val="00E96EBE"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F05241"/>
+    <w:rsid w:val="00F2329B"/>
+    <w:rsid w:val="00FB6B0B"/>
     <w:rsid w:val="00FD7405"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -9137,114 +9160,110 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">12</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -9563,113 +9582,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10BEE3E2-AEE2-4DE5-A39F-FF6593EDC052}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F693D2D-CF97-444D-8DE6-786E33B318B9}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>680</Words>
   <Characters>4599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>249</Lines>
   <Paragraphs>170</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Document Category">
     <vt:lpwstr>8;#Statement of Qualification|440e310e-1bd4-4867-9aba-9a08d77f3b6d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Related Service">
     <vt:lpwstr>3;#Labwide|69583dac-1cd6-4019-b7b5-5817674c14a2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Vendor0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Staff Member">
     <vt:lpwstr>12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ba744800157f4e26b7bbea83f6b9b1de">
     <vt:lpwstr/>
   </property>