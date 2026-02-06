--- v1 (2025-12-26)
+++ v2 (2026-02-06)
@@ -1,36 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -58,87 +59,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="113B2843" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="64591495" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004276A9">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Danielle Ledford</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,110 +147,108 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="4BAAFCB6839948A3B64A9D77E64BFF7C"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-28T00:00:00Z">
+          <w:date w:fullDate="2026-01-13T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="007B717E">
+          <w:r w:rsidR="00DA267F">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/28/2025</w:t>
+            <w:t>1/13/2026</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="029BC383" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="36BEC24F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="36BEC24F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004276A9" w:rsidRPr="36BEC24F">
             <w:rPr>
               <w:rStyle w:val="normaltextrun"/>
               <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t>Forensic Scientist III</w:t>
           </w:r>
           <w:r w:rsidR="004276A9" w:rsidRPr="36BEC24F">
             <w:rPr>
               <w:rStyle w:val="eop"/>
               <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
@@ -324,51 +322,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="5BA90A2A" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="0025199D" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -410,51 +407,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="2D11B73E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -520,51 +516,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="09BF2696" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="004276A9" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -606,51 +601,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -680,51 +674,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -775,51 +768,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -858,51 +850,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="38920B6A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -944,51 +935,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1143,78 +1133,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1235,177 +1206,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1580,91 +1547,90 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1674,135 +1640,132 @@
         <w:gridCol w:w="1597"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="364AC2B1" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
@@ -2300,69 +2263,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61E904D1" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brian </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and Dave Sibley, Ron Smith and Associates </w:t>
+              <w:t>Brian Darlrymple and Dave Sibley, Ron Smith and Associates </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="436AC228" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3238,69 +3183,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55B4EB42" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kellie </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> and Melissa Kotkin, SCDL </w:t>
+              <w:t>Kellie Fenesan and Melissa Kotkin, SCDL </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18B2365E" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3319,87 +3246,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31AD86B0" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life Technologies/Applied Biosystems 3500xl Genetic Analyzer &amp; </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Validation Lectures and Data Analysis Training </w:t>
+              <w:t>Life Technologies/Applied Biosystems 3500xl Genetic Analyzer &amp; PowerPlex 16 System and Yfiler Validation Lectures and Data Analysis Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6914E8D3" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3597,121 +3488,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76C3D77F" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">July 29-August 2, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>July 29-August 2, 2013 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="4984620E" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74B39AA0" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life Technologies Teach Back: </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Express Direct Amp Validation Lecture and Laboratory Training </w:t>
+              <w:t>Life Technologies Teach Back: GlobalFiler Express Direct Amp Validation Lecture and Laboratory Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="293FEE0D" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3725,114 +3580,86 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="149C415E" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">February 4-5, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>February 4-5, 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="7A6325D0" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76B281AF" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Blooodstain</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Pattern Analysis </w:t>
+              <w:t>Blooodstain Pattern Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3926052B" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3846,69 +3673,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02A1205C" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">August 25-29, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>August 25-29, 2014 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="5ED489D0" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48AE85D7" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3990,105 +3799,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AB7E60D" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life </w:t>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> Trio and Global Filer Kits </w:t>
+              <w:t>Life Tehnologies/ThermoFisher Teach Back Validation of Quantifiler Trio and Global Filer Kits </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C01535F" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4102,69 +3857,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79E82465" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">March 3-5, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>March 3-5, 2015 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="29DE21AF" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19066D06" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4304,121 +4041,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11651F82" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">October 11-12, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>October 11-12, 2017 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="42AF8E9B" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D230181" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Post Validation </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Y23 Training </w:t>
+              <w:t>Post Validation PowerPlex Y23 Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32FD8542" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4432,69 +4133,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42EE152F" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">March 28, </w:t>
-[...17 lines deleted...]
-              <w:t> </w:t>
+              <w:t>March 28, 2018 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="3D9517C9" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63FEA4AD" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4617,85 +4300,57 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y-screen assay, Data Collection v. 4 software overview </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6EC3BAAE" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Peterjon</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Fisher Scientific </w:t>
+              <w:t>Peterjon McAnany, Thermo Fisher Scientific </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65DD8D22" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4905,294 +4560,248 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13 Sep 2021 –  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="227E41A6" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17 Sep 2021 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007062D1" w:rsidRPr="007062D1" w14:paraId="1E6991C3" w14:textId="77777777" w:rsidTr="007062D1">
+      <w:tr w:rsidR="007062D1" w:rsidRPr="007062D1" w14:paraId="1E6991C3" w14:textId="77777777" w:rsidTr="000745F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EC8EB89" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qiagen Training – EZ2 and </w:t>
-[...23 lines deleted...]
-            <w:tcW w:w="3830" w:type="dxa"/>
+              <w:t>Qiagen Training – EZ2 and Qiacube Connect </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D00C1CE" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carrie Mayes and Bryan Davis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5117F046" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18 May 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007062D1" w:rsidRPr="007062D1" w14:paraId="0CFE48B1" w14:textId="77777777" w:rsidTr="007062D1">
+      <w:tr w:rsidR="007062D1" w:rsidRPr="007062D1" w14:paraId="0CFE48B1" w14:textId="77777777" w:rsidTr="000745F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5309A1A2" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher</w:t>
-[...32 lines deleted...]
-            <w:tcW w:w="3830" w:type="dxa"/>
+              <w:t>ThermoFisher Training – RapidHit ID System </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="338A9BBE" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kristen Smith </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6785A455" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5440,50 +5049,130 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F7D3334" w14:textId="0D54C695" w:rsidR="00BD2A77" w:rsidRPr="7A9AF945" w:rsidRDefault="00263B6D" w:rsidP="7A9AF945">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>June 4, 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D67FE1" w14:paraId="5DE646DB" w14:textId="77777777" w:rsidTr="7A9AF945">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5068D103" w14:textId="06879D63" w:rsidR="00D67FE1" w:rsidRDefault="00D67FE1" w:rsidP="00D67FE1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Human Identification Solutions (HIDS) Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3840" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60274371" w14:textId="2874075D" w:rsidR="00D67FE1" w:rsidRDefault="00D67FE1" w:rsidP="00D67FE1">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher Scientific -  multiple speakers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5340B5" w14:textId="5AFCDC64" w:rsidR="00D67FE1" w:rsidRDefault="00165012" w:rsidP="00165012">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>May 13-14, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -5504,51 +5193,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -5557,135 +5246,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="5369B183" w14:textId="77777777" w:rsidTr="004276A9">
         <w:trPr>
@@ -5877,267 +5563,263 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>),</w:t>
             </w:r>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Norfolk, VA (US Court Martial) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B17CD61" w14:textId="72EC0F9C" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="006B02AE" w:rsidP="004276A9">
+          <w:p w14:paraId="3B17CD61" w14:textId="2B8531E7" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="006B02AE" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="007B717E">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00DA267F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -6332,78 +6014,59 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -6430,51 +6093,50 @@
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6512,51 +6174,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6596,51 +6257,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6731,116 +6391,114 @@
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4027"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3426"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6886,51 +6544,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6953,51 +6610,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>04/09-03/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7026,203 +6682,176 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65E" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F65D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F2E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Provide a brief description of principal duties:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F65F" w14:textId="54F67D2D" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007062D1" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forensic Support to Forensic Scientist in the latent print section. Use light and chemical techniques to process </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> for latent prints and digitally preserve developed latent prints for later analysis.</w:t>
+              <w:t>Forensic Support to Forensic Scientist in the latent print section. Use light and chemical techniques to process items of evidence for latent prints and digitally preserve developed latent prints for later analysis.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7257,51 +6886,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7324,51 +6952,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/08-04/09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -7473,167 +7100,146 @@
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F68C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007B717E" w:rsidP="36BEC24F">
+        <w:p w14:paraId="61D1F68C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="36BEC24F">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -7647,85 +7253,85 @@
           </w:tcPr>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="533932DD" w14:textId="77777777" w:rsidR="00903BE7" w:rsidRDefault="00903BE7" w:rsidP="00D73674">
+    <w:p w14:paraId="1E0CDE9C" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C028756" w14:textId="77777777" w:rsidR="00903BE7" w:rsidRDefault="00903BE7" w:rsidP="00D73674">
+    <w:p w14:paraId="0D1D4A5C" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="66250D15" w14:textId="77777777" w:rsidR="00903BE7" w:rsidRDefault="00903BE7">
+    <w:p w14:paraId="02677FC9" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -7761,78 +7367,77 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="007B717E" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -8069,51 +7674,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="004276A9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -8122,51 +7726,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -8219,71 +7822,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FC352CC" w14:textId="77777777" w:rsidR="00903BE7" w:rsidRDefault="00903BE7" w:rsidP="00D73674">
+    <w:p w14:paraId="4C6DF9B6" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B1DDB36" w14:textId="77777777" w:rsidR="00903BE7" w:rsidRDefault="00903BE7" w:rsidP="00D73674">
+    <w:p w14:paraId="699D34E1" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0857D1E7" w14:textId="77777777" w:rsidR="00903BE7" w:rsidRDefault="00903BE7">
+    <w:p w14:paraId="2DAD31B2" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="00550B06">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -8376,185 +7979,202 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="00007096"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00052B9A"/>
+    <w:rsid w:val="000745F1"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000E1A5D"/>
     <w:rsid w:val="000E3AB3"/>
     <w:rsid w:val="00123608"/>
+    <w:rsid w:val="001332AD"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
+    <w:rsid w:val="00165012"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00187340"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B58FA"/>
+    <w:rsid w:val="001B5A25"/>
     <w:rsid w:val="00201D6A"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00263B6D"/>
     <w:rsid w:val="002805B5"/>
     <w:rsid w:val="00284169"/>
+    <w:rsid w:val="002876C5"/>
     <w:rsid w:val="00290EB1"/>
     <w:rsid w:val="002B1DA5"/>
     <w:rsid w:val="002C15BA"/>
+    <w:rsid w:val="002E014F"/>
     <w:rsid w:val="0030271B"/>
     <w:rsid w:val="00321AB5"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00372B2E"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
+    <w:rsid w:val="00413915"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="004276A9"/>
     <w:rsid w:val="00431575"/>
     <w:rsid w:val="00442877"/>
     <w:rsid w:val="00447F1B"/>
+    <w:rsid w:val="004651D2"/>
     <w:rsid w:val="00467FF7"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D4E99"/>
     <w:rsid w:val="004D60F1"/>
+    <w:rsid w:val="004F6204"/>
     <w:rsid w:val="00515F11"/>
     <w:rsid w:val="005333CB"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00550B06"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00584312"/>
     <w:rsid w:val="00590F79"/>
     <w:rsid w:val="005F3825"/>
     <w:rsid w:val="00612C87"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
+    <w:rsid w:val="00692976"/>
     <w:rsid w:val="006B02AE"/>
     <w:rsid w:val="007062D1"/>
     <w:rsid w:val="007320A3"/>
     <w:rsid w:val="007504F4"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00767691"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B717E"/>
     <w:rsid w:val="007C0F77"/>
     <w:rsid w:val="007D3654"/>
     <w:rsid w:val="007E59AC"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00864099"/>
+    <w:rsid w:val="00864163"/>
+    <w:rsid w:val="00867A4E"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="00903BE7"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="009711C7"/>
     <w:rsid w:val="0099424E"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A609DD"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91060"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA1ABC"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B71C0F"/>
     <w:rsid w:val="00BA29F6"/>
     <w:rsid w:val="00BD2A77"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C47A2D"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00CC6C9A"/>
     <w:rsid w:val="00CF75EB"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D17AA8"/>
     <w:rsid w:val="00D6241C"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D67C1A"/>
+    <w:rsid w:val="00D67FE1"/>
     <w:rsid w:val="00D73674"/>
+    <w:rsid w:val="00DA267F"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E06A41"/>
     <w:rsid w:val="00E13CC6"/>
     <w:rsid w:val="00E205DC"/>
     <w:rsid w:val="00E414F3"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E94940"/>
     <w:rsid w:val="00ED2A1A"/>
     <w:rsid w:val="00F546C7"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F748C7"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00FA687A"/>
     <w:rsid w:val="11FAF92A"/>
     <w:rsid w:val="26A0B0FF"/>
     <w:rsid w:val="36BEC24F"/>
     <w:rsid w:val="385A92B0"/>
     <w:rsid w:val="49AE678F"/>
     <w:rsid w:val="50954243"/>
     <w:rsid w:val="795D8989"/>
     <w:rsid w:val="7A9AF945"/>
@@ -12183,51 +11803,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1838300177">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -12500,62 +12120,65 @@
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000D18F2"/>
     <w:rsid w:val="000E1A5D"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002B1DA5"/>
+    <w:rsid w:val="002E014F"/>
     <w:rsid w:val="003B6BCD"/>
     <w:rsid w:val="00467FF7"/>
     <w:rsid w:val="00515F11"/>
     <w:rsid w:val="005333CB"/>
     <w:rsid w:val="00612C87"/>
     <w:rsid w:val="007320A3"/>
     <w:rsid w:val="007C0F77"/>
+    <w:rsid w:val="00867A4E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009266C9"/>
     <w:rsid w:val="00997FAC"/>
     <w:rsid w:val="009B13D7"/>
+    <w:rsid w:val="00AF2530"/>
     <w:rsid w:val="00AF48A1"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D6241C"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00FF502C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -13720,101 +13343,112 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB14747-4445-4EA4-9EFE-DA096E56D4AF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB14747-4445-4EA4-9EFE-DA096E56D4AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1081</Words>
-  <Characters>6166</Characters>
+  <Words>964</Words>
+  <Characters>6393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>213</Lines>
+  <Paragraphs>167</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7233</CharactersWithSpaces>
+  <CharactersWithSpaces>7190</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>