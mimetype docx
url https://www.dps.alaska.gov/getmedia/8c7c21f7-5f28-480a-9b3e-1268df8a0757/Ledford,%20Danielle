--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1,37 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1133,59 +1132,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Education:  </w:t>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016192E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -2263,51 +2281,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61E904D1" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Brian Darlrymple and Dave Sibley, Ron Smith and Associates </w:t>
+              <w:t xml:space="preserve">Brian </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Darlrymple</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Dave Sibley, Ron Smith and Associates </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="436AC228" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3183,51 +3219,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55B4EB42" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Kellie Fenesan and Melissa Kotkin, SCDL </w:t>
+              <w:t xml:space="preserve">Kellie </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fenesan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Melissa Kotkin, SCDL </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18B2365E" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3246,51 +3300,87 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31AD86B0" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Life Technologies/Applied Biosystems 3500xl Genetic Analyzer &amp; PowerPlex 16 System and Yfiler Validation Lectures and Data Analysis Training </w:t>
+              <w:t xml:space="preserve">Life Technologies/Applied Biosystems 3500xl Genetic Analyzer &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PowerPlex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16 System and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yfiler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Validation Lectures and Data Analysis Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6914E8D3" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3488,85 +3578,121 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76C3D77F" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>July 29-August 2, 2013 </w:t>
+              <w:t xml:space="preserve">July 29-August 2, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="4984620E" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74B39AA0" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Life Technologies Teach Back: GlobalFiler Express Direct Amp Validation Lecture and Laboratory Training </w:t>
+              <w:t xml:space="preserve">Life Technologies Teach Back: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GlobalFiler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Express Direct Amp Validation Lecture and Laboratory Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="293FEE0D" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3580,86 +3706,114 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="149C415E" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>February 4-5, 2014 </w:t>
+              <w:t xml:space="preserve">February 4-5, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="7A6325D0" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76B281AF" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Blooodstain Pattern Analysis </w:t>
+              <w:t>Blooodstain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pattern Analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3926052B" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3673,51 +3827,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02A1205C" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>August 25-29, 2014 </w:t>
+              <w:t xml:space="preserve">August 25-29, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="5ED489D0" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48AE85D7" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3799,51 +3971,105 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AB7E60D" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Life Tehnologies/ThermoFisher Teach Back Validation of Quantifiler Trio and Global Filer Kits </w:t>
+              <w:t xml:space="preserve">Life </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tehnologies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teach Back Validation of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Quantifiler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Trio and Global Filer Kits </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1C01535F" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -3857,51 +4083,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79E82465" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>March 3-5, 2015 </w:t>
+              <w:t xml:space="preserve">March 3-5, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="29DE21AF" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19066D06" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4041,85 +4285,121 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11651F82" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>October 11-12, 2017 </w:t>
+              <w:t xml:space="preserve">October 11-12, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="42AF8E9B" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D230181" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Post Validation PowerPlex Y23 Training </w:t>
+              <w:t xml:space="preserve">Post Validation </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PowerPlex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Y23 Training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32FD8542" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4133,51 +4413,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42EE152F" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>March 28, 2018 </w:t>
+              <w:t xml:space="preserve">March 28, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004276A9" w:rsidRPr="004276A9" w14:paraId="3D9517C9" w14:textId="77777777" w:rsidTr="007062D1">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63FEA4AD" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4300,57 +4598,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y-screen assay, Data Collection v. 4 software overview </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6EC3BAAE" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Peterjon McAnany, Thermo Fisher Scientific </w:t>
+              <w:t>Peterjon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> McAnany, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Thermo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004276A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fisher Scientific </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65DD8D22" w14:textId="77777777" w:rsidR="004276A9" w:rsidRPr="004276A9" w:rsidRDefault="004276A9" w:rsidP="004276A9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004276A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -4606,51 +4932,69 @@
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EC8EB89" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Qiagen Training – EZ2 and Qiacube Connect </w:t>
+              <w:t xml:space="preserve">Qiagen Training – EZ2 and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007062D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Qiacube</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007062D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Connect </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D00C1CE" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
@@ -4714,57 +5058,85 @@
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5309A1A2" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007062D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher Training – RapidHit ID System </w:t>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007062D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Training – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007062D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RapidHit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007062D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Segoe UI"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ID System </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="338A9BBE" w14:textId="77777777" w:rsidR="007062D1" w:rsidRPr="007062D1" w:rsidRDefault="007062D1" w:rsidP="007062D1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007062D1">
@@ -5099,57 +5471,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Identification Solutions (HIDS) Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60274371" w14:textId="2874075D" w:rsidR="00D67FE1" w:rsidRDefault="00D67FE1" w:rsidP="00D67FE1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ThermoFisher Scientific -  multiple speakers</w:t>
+              <w:t>ThermoFisher</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Scientific </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-  multiple</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> speakers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D5340B5" w14:textId="5AFCDC64" w:rsidR="00D67FE1" w:rsidRDefault="00165012" w:rsidP="00165012">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 13-14, 2025</w:t>
             </w:r>
           </w:p>
@@ -6014,59 +6414,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employment History:  </w:t>
+        <w:t>Employment History</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -6711,51 +7130,75 @@
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F660" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F65F" w14:textId="54F67D2D" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007062D1" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Forensic Support to Forensic Scientist in the latent print section. Use light and chemical techniques to process items of evidence for latent prints and digitally preserve developed latent prints for later analysis.</w:t>
+              <w:t xml:space="preserve">Forensic Support to Forensic Scientist in the latent print section. Use light and chemical techniques to process </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>items of evidence</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for latent prints and digitally preserve developed latent prints for later analysis.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -7067,51 +7510,75 @@
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66E" w14:textId="77777777" w:rsidTr="00550B06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F66D" w14:textId="132AB92E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007062D1" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Responsibilities include conducting various analytical testing according to documented Standard Operating Procedures on drinking water and wastewater, and reporting samples using a Laboratory Information Management System (LIMS) in a specified time frame. Other responsibilities include ordering and stocking supplies for the Micro lab, performing QC for the Wet Chemistry lab, and informing clients of positive bacterial results.</w:t>
+              <w:t xml:space="preserve">Responsibilities include conducting various analytical testing according to documented Standard Operating Procedures on drinking water and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>wastewater, and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reporting samples using a Laboratory Information Management System (LIMS) in a specified time frame. Other responsibilities include ordering and stocking supplies for the Micro lab, performing QC for the Wet Chemistry lab, and informing clients of positive bacterial results.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -7187,59 +7654,78 @@
               <w:bCs/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other Qualifications:  </w:t>
+        <w:t>Other Qualifications</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C00034">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -7253,85 +7739,85 @@
           </w:tcPr>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E0CDE9C" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
+    <w:p w14:paraId="5FA9BA3D" w14:textId="77777777" w:rsidR="00C9192A" w:rsidRDefault="00C9192A" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D1D4A5C" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
+    <w:p w14:paraId="68E5640E" w14:textId="77777777" w:rsidR="00C9192A" w:rsidRDefault="00C9192A" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02677FC9" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976">
+    <w:p w14:paraId="7CB5CA08" w14:textId="77777777" w:rsidR="00C9192A" w:rsidRDefault="00C9192A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -7822,71 +8308,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C6DF9B6" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
+    <w:p w14:paraId="04D653CF" w14:textId="77777777" w:rsidR="00C9192A" w:rsidRDefault="00C9192A" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="699D34E1" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976" w:rsidP="00D73674">
+    <w:p w14:paraId="6ACFEE10" w14:textId="77777777" w:rsidR="00C9192A" w:rsidRDefault="00C9192A" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2DAD31B2" w14:textId="77777777" w:rsidR="00692976" w:rsidRDefault="00692976">
+    <w:p w14:paraId="275A5E50" w14:textId="77777777" w:rsidR="00C9192A" w:rsidRDefault="00C9192A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="00550B06">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -7979,90 +8465,88 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="00007096"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000745F1"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="000E1A5D"/>
     <w:rsid w:val="000E3AB3"/>
+    <w:rsid w:val="000E718C"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="001332AD"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="00165012"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="00187340"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B58FA"/>
     <w:rsid w:val="001B5A25"/>
     <w:rsid w:val="00201D6A"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00263B6D"/>
     <w:rsid w:val="002805B5"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002876C5"/>
     <w:rsid w:val="00290EB1"/>
     <w:rsid w:val="002B1DA5"/>
     <w:rsid w:val="002C15BA"/>
     <w:rsid w:val="002E014F"/>
     <w:rsid w:val="0030271B"/>
@@ -8070,101 +8554,106 @@
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00372B2E"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="00413915"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="004276A9"/>
     <w:rsid w:val="00431575"/>
     <w:rsid w:val="00442877"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="004651D2"/>
     <w:rsid w:val="00467FF7"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D4E99"/>
     <w:rsid w:val="004D60F1"/>
     <w:rsid w:val="004F6204"/>
     <w:rsid w:val="00515F11"/>
     <w:rsid w:val="005333CB"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00550B06"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
+    <w:rsid w:val="00561E41"/>
     <w:rsid w:val="00584312"/>
     <w:rsid w:val="00590F79"/>
     <w:rsid w:val="005F3825"/>
     <w:rsid w:val="00612C87"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00616CEA"/>
+    <w:rsid w:val="006342FF"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="00692976"/>
     <w:rsid w:val="006B02AE"/>
     <w:rsid w:val="007062D1"/>
     <w:rsid w:val="007320A3"/>
     <w:rsid w:val="007504F4"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="00767691"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007B717E"/>
     <w:rsid w:val="007C0F77"/>
     <w:rsid w:val="007D3654"/>
+    <w:rsid w:val="007D3C9C"/>
     <w:rsid w:val="007E59AC"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="00864163"/>
     <w:rsid w:val="00867A4E"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="00903BE7"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="009711C7"/>
     <w:rsid w:val="0099424E"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A609DD"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A91060"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AA1ABC"/>
+    <w:rsid w:val="00AD5461"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B71C0F"/>
     <w:rsid w:val="00BA29F6"/>
     <w:rsid w:val="00BD2A77"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C47A2D"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C71D1F"/>
+    <w:rsid w:val="00C9192A"/>
     <w:rsid w:val="00CC6C9A"/>
     <w:rsid w:val="00CF75EB"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D17AA8"/>
     <w:rsid w:val="00D6241C"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D67C1A"/>
     <w:rsid w:val="00D67FE1"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00DA267F"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00E06A41"/>
     <w:rsid w:val="00E13CC6"/>
     <w:rsid w:val="00E205DC"/>
     <w:rsid w:val="00E414F3"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00E94940"/>
     <w:rsid w:val="00ED2A1A"/>
     <w:rsid w:val="00F546C7"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F748C7"/>
     <w:rsid w:val="00F80E3E"/>
@@ -11803,51 +12292,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1838300177">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -12117,67 +12606,71 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="000D18F2"/>
     <w:rsid w:val="000E1A5D"/>
+    <w:rsid w:val="000E718C"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="002B1DA5"/>
     <w:rsid w:val="002E014F"/>
     <w:rsid w:val="003B6BCD"/>
     <w:rsid w:val="00467FF7"/>
     <w:rsid w:val="00515F11"/>
     <w:rsid w:val="005333CB"/>
+    <w:rsid w:val="00561E41"/>
     <w:rsid w:val="00612C87"/>
     <w:rsid w:val="007320A3"/>
     <w:rsid w:val="007C0F77"/>
     <w:rsid w:val="00867A4E"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="009266C9"/>
+    <w:rsid w:val="00983C76"/>
     <w:rsid w:val="00997FAC"/>
     <w:rsid w:val="009B13D7"/>
+    <w:rsid w:val="00A17E36"/>
     <w:rsid w:val="00AF2530"/>
     <w:rsid w:val="00AF48A1"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D6241C"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00FF502C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -12914,105 +13407,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...53 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -13331,124 +13771,177 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
+        </TermInfo>
+      </Terms>
+    </h88283a84cb2461a92ac24491eb192a6>
+    <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
+      <Value>8</Value>
+      <Value>3</Value>
+    </TaxCatchAll>
+    <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
+        </TermInfo>
+      </Terms>
+    </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
+    <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
+    <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
+    <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">15</Staff_x0020_Member>
+    <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Action_x0020_Needed_x0020_by_x003a_>
+    <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAB14747-4445-4EA4-9EFE-DA096E56D4AF}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8448E2C-2AF6-40A7-90BD-72E2D14C408D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>964</Words>
-  <Characters>6393</Characters>
+  <Words>957</Words>
+  <Characters>6052</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>213</Lines>
-  <Paragraphs>167</Paragraphs>
+  <Lines>264</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7190</CharactersWithSpaces>
+  <CharactersWithSpaces>6979</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>
   </property>