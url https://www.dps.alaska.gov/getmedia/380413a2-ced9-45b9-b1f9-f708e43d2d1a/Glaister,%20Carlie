--- v2 (2025-12-24)
+++ v3 (2026-02-06)
@@ -58,87 +58,86 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="11B106A8" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="5D28240F" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1382010563"/>
           <w:placeholder>
             <w:docPart w:val="93AB9DB35FF74923B91B932B953FDE17"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C400AB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Carlie K. Glaister (Bailey)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
@@ -147,125 +146,150 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="EF2D253340AC43C29AAD51C4D2AF1644"/>
           </w:placeholder>
-          <w:date w:fullDate="2025-11-26T00:00:00Z">
+          <w:date w:fullDate="2026-01-26T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C7252A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>11/</w:t>
+            <w:t>1/</w:t>
           </w:r>
-          <w:r w:rsidR="00AB7938">
+          <w:r w:rsidR="00E47E53">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>26</w:t>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidR="006B3A0E">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>6</w:t>
+          </w:r>
+          <w:r w:rsidR="00420F0D">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>/</w:t>
           </w:r>
           <w:r w:rsidR="00C7252A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>/2025</w:t>
+            <w:t>202</w:t>
+          </w:r>
+          <w:r w:rsidR="00420F0D">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0CA3B0E9" w14:textId="2F215AEE" w:rsidR="00052B9A" w:rsidRPr="00C56282" w:rsidRDefault="00052B9A" w:rsidP="007F2E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Job Title: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1436171702"/>
           <w:placeholder>
             <w:docPart w:val="570BDA811AD8449FB4DB6EA715ECD203"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C400AB">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Forensic Scientist III</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="61D1F5B8" w14:textId="52195E3E" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5B9" w14:textId="41B7A5BD" w:rsidR="007F2E28" w:rsidRPr="001677A0" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
@@ -322,51 +346,50 @@
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5BF" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1227886822"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BB" w14:textId="75651FFB" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -408,51 +431,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1450085255"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5BD" w14:textId="3D93F806" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -518,51 +540,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C4" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-437607902"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C0" w14:textId="3B704343" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -604,51 +625,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-755132237"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C2" w14:textId="3A5BC51B" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -678,51 +698,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002343CE" w:rsidRPr="007F2E28" w14:paraId="61D1F5C9" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-353577038"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C5" w14:textId="377A5832" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -773,51 +792,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="1603682866"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5C7" w14:textId="7FBAC34E" w:rsidR="002343CE" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="003C4D0B">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -856,51 +874,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561A1A" w:rsidRPr="007F2E28" w14:paraId="188FF6F1" w14:textId="77777777" w:rsidTr="001641CF">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="516272205"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="07069D1C" w14:textId="70C8192A" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -942,51 +959,50 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:id w:val="-1672562845"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="64CFF0B3" w14:textId="4C77EB48" w:rsidR="00561A1A" w:rsidRPr="007F2E28" w:rsidRDefault="00B52B4C" w:rsidP="00561A1A">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1135,78 +1151,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F5D3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="0016192E" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Education</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Education:  </w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
+        <w:t>List all higher academic institutions attended (list high school only if no college degree has been attained)</w:t>
       </w:r>
       <w:r w:rsidRPr="0016192E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F5D4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9419" w:type="dxa"/>
@@ -1227,177 +1224,173 @@
         <w:gridCol w:w="2561"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5D9" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-114911457"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Institution </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1992713248"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Dates Attended</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1749991685"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Major</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2561" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1425035140"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5D8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Degree Completed</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5DE" w14:textId="77777777" w:rsidTr="00792E28">
         <w:trPr>
@@ -1506,91 +1499,90 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B.S.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-239251028"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F5F3" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F5F4" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Continuing Education: </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> List formal coursework, conferences, workshops, in-service and other training received applicable to past and current forensic related positions.  </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F5F5" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -1600,135 +1592,132 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F5F9" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="624512496"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F6" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Course Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="16741088"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F7" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Source of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="874128227"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F5F8" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Date(s) of Training</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C400AB" w:rsidRPr="007F2E28" w14:paraId="61D1F5FD" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
@@ -1805,102 +1794,74 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C400AB" w:rsidRPr="007F2E28" w14:paraId="61D1F601" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F5FE" w14:textId="26B2276E" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bath Salts and Synthetic Drugs Workshop. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Bath Salts and Synthetic Drugs Workshop. TruNarc training.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D1F5FF" w14:textId="1B9F7DE1" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000C59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>TruNarc</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> Fisher Scientific</w:t>
+              <w:t>Thermo Fisher Scientific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F600" w14:textId="50ACEF30" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C59A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>06/22/2017</w:t>
             </w:r>
           </w:p>
@@ -3390,69 +3351,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C400AB" w:rsidRPr="007F2E28" w14:paraId="769351F6" w14:textId="77777777" w:rsidTr="0048762B">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DFAA432" w14:textId="1954C931" w:rsidR="00C400AB" w:rsidRPr="000C59A8" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="17765863">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robert F. </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Course on Alcohol and Highway Safety: Testing, Research, and Litigation</w:t>
+              <w:t>Robert F. Borkenstein Course on Alcohol and Highway Safety: Testing, Research, and Litigation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2379F8D1" w14:textId="64B72DB9" w:rsidR="00C400AB" w:rsidRPr="000C59A8" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="17765863">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indiana University Center for Studies of Law in Action</w:t>
             </w:r>
           </w:p>
@@ -3671,67 +3614,57 @@
               <w:t xml:space="preserve">Root Cause Analysis </w:t>
             </w:r>
             <w:r w:rsidR="00305F7A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&amp; Review of Ethics Impartiality and Confidentiality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FB6AF27" w14:textId="7CDD8EA5" w:rsidR="007D330E" w:rsidRDefault="002D6628" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Seaglass</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Training</w:t>
+              <w:t>Seaglass Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E6A33D9" w14:textId="79A1F10F" w:rsidR="007D330E" w:rsidRDefault="00305F7A" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5/9/2023-5/10-2023</w:t>
             </w:r>
           </w:p>
@@ -4227,164 +4160,296 @@
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71F19C47" w14:textId="250C58B2" w:rsidR="00806456" w:rsidRDefault="00806456" w:rsidP="00806456">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1305"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>2025 Whats Trending: NPS Discovery Webinary Series – July 2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00C37389">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and October 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D05498D" w14:textId="27928551" w:rsidR="00806456" w:rsidRDefault="00FA1616" w:rsidP="00234D93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E250C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The Center for Forensic Science</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Whats</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E250C2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Research &amp; Education</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE38682" w14:textId="3EDF74C8" w:rsidR="00806456" w:rsidRDefault="00FA1616" w:rsidP="00C400AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Trending: NPS Discovery </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>07/20/2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00C37389">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, 10/10/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2231" w:rsidRPr="007F2E28" w14:paraId="52A5D38B" w14:textId="77777777" w:rsidTr="0048762B">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2457EC21" w14:textId="27D9AE47" w:rsidR="00DA2231" w:rsidRDefault="007E330D" w:rsidP="00806456">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1305"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Webinary</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Statistical Thinking for Forensic </w:t>
+            </w:r>
+            <w:r w:rsidR="003317B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Practitioners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0A61FD" w14:textId="0CA16F45" w:rsidR="00DA2231" w:rsidRPr="4E250C2F" w:rsidRDefault="00C64774" w:rsidP="00234D93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Series – July 2025</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and October 2025</w:t>
+              <w:t>CSAFE Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155E0300" w14:textId="7F4017DB" w:rsidR="00DA2231" w:rsidRDefault="00C64774" w:rsidP="00C400AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11/28/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003317B2" w:rsidRPr="007F2E28" w14:paraId="605AAD67" w14:textId="77777777" w:rsidTr="0048762B">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A970250" w14:textId="6F1DB6C8" w:rsidR="003317B2" w:rsidRDefault="003317B2" w:rsidP="00806456">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1305"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>From Leaf to Lab: K</w:t>
+            </w:r>
+            <w:r w:rsidR="008A2C66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ratom-Related Deaths in an Evolving Alkaloid Landscape</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D05498D" w14:textId="27928551" w:rsidR="00806456" w:rsidRDefault="00FA1616" w:rsidP="00234D93">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3E40B88A" w14:textId="3D9F1CE3" w:rsidR="003317B2" w:rsidRDefault="008A2C66" w:rsidP="00234D93">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>Research &amp; Education</w:t>
+              <w:t>NMS Labs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE38682" w14:textId="3EDF74C8" w:rsidR="00806456" w:rsidRDefault="00FA1616" w:rsidP="00C400AB">
+          <w:p w14:paraId="53F45B2D" w14:textId="278BFC18" w:rsidR="003317B2" w:rsidRDefault="008A2C66" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>07/20/2025</w:t>
-[...7 lines deleted...]
-              <w:t>, 10/10/2025</w:t>
+              <w:t>1/22/2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="543885510"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:sdtEndPr>
@@ -4405,51 +4470,51 @@
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Testimony:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Complete the information below for testimony provided.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F610" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4458,137 +4523,134 @@
         <w:gridCol w:w="1593"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F614" w14:textId="77777777" w:rsidTr="58293031">
         <w:trPr>
           <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="-1358808329"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F611" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Discipline or Category of Testimony</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="402997E5" w14:textId="77777777" w:rsidR="402997E5" w:rsidRDefault="402997E5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="76643072"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F612" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Time in Which Testimony Occurred</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="1391F0CF" w14:textId="77777777" w:rsidR="402997E5" w:rsidRDefault="402997E5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1741757578"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F613" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004D2950">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Approximate Number of Times Testified</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="3E6AA38C" w14:textId="77777777" w:rsidR="402997E5" w:rsidRDefault="402997E5"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C400AB" w:rsidRPr="007F2E28" w14:paraId="61D1F618" w14:textId="77777777" w:rsidTr="58293031">
@@ -4811,267 +4873,255 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="402997E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2022</w:t>
             </w:r>
             <w:r w:rsidR="1391F0CF" w:rsidRPr="402997E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-current</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61F" w14:textId="26D64B2B" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="39874665" w:rsidP="00C400AB">
-[...22 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="61D1F61F" w14:textId="7E7C0E8F" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00E47E53" w:rsidP="00C400AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="61D1F62A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="004D2950" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Professional Affiliations:  </w:t>
           </w:r>
           <w:r w:rsidRPr="004D2950">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>List professional organizations of which you are or have been a member. Indicate any offices or other positions held and the date(s) of these activities.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F62B" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="2070"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F62F" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1960298651"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Organization</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="1806658423"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Period of Membership</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:id w:val="173076904"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F62E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00936700">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Offices or Positions Held/Dates</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C400AB" w:rsidRPr="007F2E28" w14:paraId="61D1F633" w14:textId="77777777" w:rsidTr="0048762B">
         <w:tc>
@@ -5149,78 +5199,59 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F645" w14:textId="7963F2BB" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Employment History</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Employment History:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> all scientific or technical positions held, particularly those related to forensic science. </w:t>
+        <w:t xml:space="preserve">List all scientific or technical positions held, particularly those related to forensic science. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>List current position first.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F646" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -5247,51 +5278,50 @@
         <w:gridCol w:w="4023"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3430"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64B" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1189718498"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F647" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5315,51 +5345,50 @@
               </w:rPr>
               <w:t>Forensic Scientist III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1494106954"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F649" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5385,51 +5414,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F64E" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-258057278"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F64C" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5484,51 +5512,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F652" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="61D1F651" w14:textId="10FA0502" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="007F2E28">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4E250C2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Seized drugs analysis; blood and beverage alcohol analysis and interpretation; technical and administrative reviews for seized drugs and blood/beverage alcohol; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00D47493">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aintain and repair evidential breath test instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>;</w:t>
@@ -5571,116 +5598,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>court testimony</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1323782791"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F653" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F654" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4026"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3427"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F659" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="16982404"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F655" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5701,51 +5726,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="639302367"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F657" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5768,51 +5792,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>June 2019 – July 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F65C" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1193917617"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F65A" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -5889,116 +5912,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seized drugs analysis; blood and beverage alcohol analysis and interpretation; technical and administrative reviews for seized drugs and blood/beverage alcohol; court testimony</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="302515366"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F661" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F662" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1003"/>
         <w:gridCol w:w="4026"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="3427"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F667" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="864403016"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F663" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6019,51 +6040,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Scientist I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="819001150"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F665" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6086,51 +6106,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 2018 – June 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F66A" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="1831861633"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F668" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6207,116 +6226,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Controlled substances analysis; court testimony</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="1499541312"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F66F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F670" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4025"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3428"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F675" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1525941844"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F671" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6337,51 +6354,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forensic Technician I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-1759279213"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F673" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6404,51 +6420,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>October 2017 – May 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F678" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2004614334"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F676" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6525,116 +6540,114 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Maintain chain of custody records for evidence. Package specimen containers for shipment. Shipment of breath alcohol equipment, hazmat certified. Laboratory inventory, inspection, maintenance, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="2056189714"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="CFF970D9731042809536612429883B2E"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61D1F67D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00AB7938" w:rsidP="007F2E28">
+        <w:p w14:paraId="61D1F67E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="00000000" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
               <w:b/>
               <w:color w:val="000080"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1004"/>
         <w:gridCol w:w="4022"/>
         <w:gridCol w:w="893"/>
         <w:gridCol w:w="3431"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F683" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="2049559461"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F67F" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Job Title</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6655,51 +6668,50 @@
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Criminal Justice Technician I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-612127658"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F681" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Tenure</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6722,51 +6734,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>December 2016 – October 2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F686" w14:textId="77777777" w:rsidTr="00216EA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-913158098"/>
               <w:lock w:val="contentLocked"/>
               <w:group/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="61D1F684" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007F2E28">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Employer</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
@@ -6854,112 +6865,93 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F68D" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="00C00034" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Other Qualifications</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">Other Qualifications:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00034">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
+        <w:t>List below all personal certifications identifying the issuing organization and the dates; all scientific publications and/or presentations you have authored or co-authored, research in which you are or have been involved, academic or other teaching positions you have held, and any other information which you consider relevant to your qualifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D1F68E" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F691" w14:textId="77777777" w:rsidTr="7EB1C79E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14439DFF" w14:textId="6C45BCE7" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
+          <w:p w14:paraId="14439DFF" w14:textId="113ABC6E" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7EB1C79E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Law Enforcement Training Provided:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="7EB1C79E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7008,130 +7000,136 @@
               </w:rPr>
               <w:t>, 2/7/2023-2/9/2023</w:t>
             </w:r>
             <w:r w:rsidR="000976A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, 10/10/2023-10/12/2023, </w:t>
             </w:r>
             <w:r w:rsidR="00CA6BF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>02/06/2024-02/08/2024</w:t>
             </w:r>
             <w:r w:rsidR="006F2A49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, 10/</w:t>
-[...17 lines deleted...]
-              <w:t>/2024-10/10/2024</w:t>
+              <w:t>, 10/08/2024-10/10/2024</w:t>
+            </w:r>
+            <w:r w:rsidR="001A664E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000A71BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2/11/2025-2/13/2025, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10/7/2025-10/9/2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57F5FF0D" w14:textId="77777777" w:rsidR="0063690B" w:rsidRDefault="0063690B" w:rsidP="00D73674">
+    <w:p w14:paraId="3846ED2A" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12ED3990" w14:textId="77777777" w:rsidR="0063690B" w:rsidRDefault="0063690B" w:rsidP="00D73674">
+    <w:p w14:paraId="28237725" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="12D60AB0" w14:textId="77777777" w:rsidR="0063690B" w:rsidRDefault="0063690B">
+    <w:p w14:paraId="2381097B" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -7160,78 +7158,77 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00AB7938" w:rsidP="00616CEA">
+  <w:p w14:paraId="61D1F69F" w14:textId="77777777" w:rsidR="00616CEA" w:rsidRPr="00447F1B" w:rsidRDefault="00000000" w:rsidP="00616CEA">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1728530831"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Page </w:t>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00616CEA" w:rsidRPr="00447F1B">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
@@ -7468,51 +7465,50 @@
     </w:r>
     <w:r w:rsidR="00447F1B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Label"/>
         <w:tag w:val="DLCPolicyLabelValue"/>
         <w:id w:val="1475024380"/>
         <w:placeholder>
           <w:docPart w:val="0657201719AF410FB29768BF604B548C"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:DLCPolicyLabelValue[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00966634">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>3.0</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="006156A0" w:rsidRPr="00BE2A0D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Verdana" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="008A64CE">
       <w:rPr>
@@ -7521,51 +7517,50 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:alias w:val="Lab Effective Date"/>
         <w:tag w:val="EffectiveDate"/>
         <w:id w:val="2017266185"/>
         <w:placeholder>
           <w:docPart w:val="0DF72BFDA18C4DA880A545AACF6A3C49"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='4e1ede9f-75d2-4f24-a0a0-1ee7387de6e9' xmlns:ns4='69dada7d-659e-47da-bbde-818d14d6c42b' xmlns:ns5='9aa04e4a-fc13-43a5-a8b6-8416d11377e7' xmlns:ns6='http://schemas.microsoft.com/sharepoint/v3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:EffectiveDate[1]" w:storeItemID="{00000000-0000-0000-0000-000000000000}"/>
         <w:date w:fullDate="2022-12-12T00:00:00Z">
           <w:dateFormat w:val="M/d/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="008A64CE">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>12/</w:t>
         </w:r>
         <w:r w:rsidR="00E55ADA">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BF520C">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
@@ -7618,71 +7613,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B0AD8F4" w14:textId="77777777" w:rsidR="0063690B" w:rsidRDefault="0063690B" w:rsidP="00D73674">
+    <w:p w14:paraId="44378840" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20A60119" w14:textId="77777777" w:rsidR="0063690B" w:rsidRDefault="0063690B" w:rsidP="00D73674">
+    <w:p w14:paraId="4F5529A3" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55686117" w14:textId="77777777" w:rsidR="0063690B" w:rsidRDefault="0063690B">
+    <w:p w14:paraId="4173B92E" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="00216EA3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -7778,332 +7773,351 @@
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00763D80">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Statement of Qualifications</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="61D1F69D" w14:textId="07F4301D" w:rsidR="001455A1" w:rsidRDefault="001455A1" w:rsidP="00616CEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F2E28"/>
     <w:rsid w:val="000011A1"/>
     <w:rsid w:val="0000780F"/>
     <w:rsid w:val="000100C9"/>
     <w:rsid w:val="000107E0"/>
     <w:rsid w:val="0001645F"/>
     <w:rsid w:val="00026E59"/>
     <w:rsid w:val="00030BB9"/>
     <w:rsid w:val="00031058"/>
     <w:rsid w:val="00052B9A"/>
     <w:rsid w:val="000568F5"/>
     <w:rsid w:val="00064FBC"/>
     <w:rsid w:val="000661E4"/>
     <w:rsid w:val="00071E4B"/>
     <w:rsid w:val="00073478"/>
     <w:rsid w:val="00090D8B"/>
     <w:rsid w:val="000958D5"/>
     <w:rsid w:val="000976A9"/>
     <w:rsid w:val="000A10D9"/>
     <w:rsid w:val="000A201C"/>
+    <w:rsid w:val="000A71BC"/>
     <w:rsid w:val="000C3EF9"/>
     <w:rsid w:val="00100281"/>
     <w:rsid w:val="00103111"/>
     <w:rsid w:val="00115AC2"/>
     <w:rsid w:val="00123608"/>
     <w:rsid w:val="00124EC3"/>
+    <w:rsid w:val="00126891"/>
     <w:rsid w:val="00134D2F"/>
     <w:rsid w:val="001455A1"/>
     <w:rsid w:val="0015279F"/>
     <w:rsid w:val="0016192E"/>
     <w:rsid w:val="00161F90"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="001677A0"/>
     <w:rsid w:val="001738C9"/>
     <w:rsid w:val="00186E52"/>
     <w:rsid w:val="00191CD6"/>
+    <w:rsid w:val="001A664E"/>
     <w:rsid w:val="001B11B0"/>
     <w:rsid w:val="001B3672"/>
     <w:rsid w:val="001C16FD"/>
     <w:rsid w:val="001D6531"/>
     <w:rsid w:val="001E2D5B"/>
     <w:rsid w:val="001E4FEC"/>
     <w:rsid w:val="001F3AD2"/>
     <w:rsid w:val="001F55CE"/>
     <w:rsid w:val="00207121"/>
     <w:rsid w:val="00214CDD"/>
     <w:rsid w:val="00215204"/>
     <w:rsid w:val="00216EA3"/>
     <w:rsid w:val="00217E42"/>
     <w:rsid w:val="00230537"/>
     <w:rsid w:val="002343CE"/>
     <w:rsid w:val="00234D93"/>
     <w:rsid w:val="002419E6"/>
     <w:rsid w:val="00247E42"/>
+    <w:rsid w:val="002515E0"/>
     <w:rsid w:val="0025199D"/>
     <w:rsid w:val="002527A7"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="0025781A"/>
     <w:rsid w:val="00260CAC"/>
     <w:rsid w:val="00280943"/>
     <w:rsid w:val="002833A4"/>
     <w:rsid w:val="00284169"/>
     <w:rsid w:val="002865FF"/>
     <w:rsid w:val="00287150"/>
     <w:rsid w:val="00290F7B"/>
     <w:rsid w:val="00291481"/>
     <w:rsid w:val="002B263A"/>
     <w:rsid w:val="002B3815"/>
     <w:rsid w:val="002B6EEB"/>
     <w:rsid w:val="002C309C"/>
     <w:rsid w:val="002D2948"/>
+    <w:rsid w:val="002D4203"/>
     <w:rsid w:val="002D6628"/>
     <w:rsid w:val="00305F7A"/>
+    <w:rsid w:val="0031311F"/>
     <w:rsid w:val="00323502"/>
     <w:rsid w:val="00324074"/>
     <w:rsid w:val="00330A61"/>
     <w:rsid w:val="003313D0"/>
+    <w:rsid w:val="003317B2"/>
     <w:rsid w:val="00340B58"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="0038287C"/>
     <w:rsid w:val="003C4D0B"/>
     <w:rsid w:val="003D192F"/>
     <w:rsid w:val="003D4922"/>
     <w:rsid w:val="003D4C0A"/>
     <w:rsid w:val="003E20BF"/>
     <w:rsid w:val="003E46BD"/>
     <w:rsid w:val="003E6DC0"/>
     <w:rsid w:val="003F1D59"/>
     <w:rsid w:val="003F3061"/>
+    <w:rsid w:val="00400D91"/>
     <w:rsid w:val="004024F2"/>
+    <w:rsid w:val="00420F0D"/>
     <w:rsid w:val="00422601"/>
     <w:rsid w:val="00427114"/>
     <w:rsid w:val="004375F0"/>
     <w:rsid w:val="00440240"/>
     <w:rsid w:val="0044256C"/>
     <w:rsid w:val="0044286F"/>
     <w:rsid w:val="00447F1B"/>
     <w:rsid w:val="0048762B"/>
     <w:rsid w:val="0049629B"/>
     <w:rsid w:val="004B73DA"/>
     <w:rsid w:val="004D2950"/>
     <w:rsid w:val="004D3C2A"/>
     <w:rsid w:val="004E3281"/>
     <w:rsid w:val="004E36A6"/>
     <w:rsid w:val="004E48D9"/>
     <w:rsid w:val="0054002B"/>
     <w:rsid w:val="00551073"/>
     <w:rsid w:val="0055549D"/>
     <w:rsid w:val="00560475"/>
     <w:rsid w:val="00561A1A"/>
     <w:rsid w:val="00567FE1"/>
     <w:rsid w:val="005869A1"/>
     <w:rsid w:val="00590282"/>
     <w:rsid w:val="005B29FC"/>
     <w:rsid w:val="005B3675"/>
     <w:rsid w:val="005C1E66"/>
     <w:rsid w:val="005C5C1D"/>
     <w:rsid w:val="005D5E84"/>
     <w:rsid w:val="005E1AB5"/>
     <w:rsid w:val="005F427D"/>
     <w:rsid w:val="005F5A9A"/>
     <w:rsid w:val="00605B8A"/>
     <w:rsid w:val="006156A0"/>
     <w:rsid w:val="00615752"/>
     <w:rsid w:val="00615A1D"/>
     <w:rsid w:val="00616CEA"/>
     <w:rsid w:val="00635C96"/>
     <w:rsid w:val="0063690B"/>
     <w:rsid w:val="006621EA"/>
     <w:rsid w:val="00664DDF"/>
     <w:rsid w:val="006701EB"/>
     <w:rsid w:val="006733EE"/>
     <w:rsid w:val="006755BD"/>
     <w:rsid w:val="0068748C"/>
     <w:rsid w:val="00690881"/>
     <w:rsid w:val="006961CA"/>
     <w:rsid w:val="006B011B"/>
     <w:rsid w:val="006B07BD"/>
+    <w:rsid w:val="006B3A0E"/>
     <w:rsid w:val="006C0AF7"/>
     <w:rsid w:val="006F0122"/>
     <w:rsid w:val="006F05AA"/>
     <w:rsid w:val="006F2A49"/>
     <w:rsid w:val="006F6DC8"/>
+    <w:rsid w:val="0070105D"/>
     <w:rsid w:val="00716C95"/>
     <w:rsid w:val="00725DE4"/>
     <w:rsid w:val="007270B1"/>
     <w:rsid w:val="00746E3E"/>
     <w:rsid w:val="007478C6"/>
     <w:rsid w:val="00760671"/>
     <w:rsid w:val="00763D80"/>
     <w:rsid w:val="007705F1"/>
     <w:rsid w:val="00775861"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007961E3"/>
     <w:rsid w:val="007B03AE"/>
     <w:rsid w:val="007C2EAA"/>
     <w:rsid w:val="007C3DEE"/>
     <w:rsid w:val="007C65D2"/>
     <w:rsid w:val="007D2B1E"/>
     <w:rsid w:val="007D330E"/>
+    <w:rsid w:val="007E330D"/>
     <w:rsid w:val="007E4769"/>
     <w:rsid w:val="007F2E28"/>
     <w:rsid w:val="00805BDE"/>
     <w:rsid w:val="00806456"/>
     <w:rsid w:val="00825C6A"/>
     <w:rsid w:val="00852771"/>
     <w:rsid w:val="00864099"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="00876FC5"/>
     <w:rsid w:val="00885B62"/>
     <w:rsid w:val="00890162"/>
     <w:rsid w:val="00891FFB"/>
+    <w:rsid w:val="008A2C66"/>
     <w:rsid w:val="008A64CE"/>
     <w:rsid w:val="008B60A3"/>
     <w:rsid w:val="008C49CE"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008F65D5"/>
     <w:rsid w:val="00907252"/>
     <w:rsid w:val="00915492"/>
     <w:rsid w:val="0091684D"/>
     <w:rsid w:val="00927281"/>
     <w:rsid w:val="00936700"/>
     <w:rsid w:val="00943E45"/>
     <w:rsid w:val="00950997"/>
     <w:rsid w:val="0095566C"/>
     <w:rsid w:val="00966634"/>
     <w:rsid w:val="00980F09"/>
     <w:rsid w:val="009957B1"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009C1178"/>
     <w:rsid w:val="009F28A4"/>
     <w:rsid w:val="00A00619"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A75C24"/>
     <w:rsid w:val="00A809F0"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A9300F"/>
+    <w:rsid w:val="00AA0DE1"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB7938"/>
     <w:rsid w:val="00AC25CC"/>
     <w:rsid w:val="00AD3D12"/>
     <w:rsid w:val="00AD4EBF"/>
     <w:rsid w:val="00B136BB"/>
     <w:rsid w:val="00B17ABA"/>
     <w:rsid w:val="00B23912"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B52C87"/>
     <w:rsid w:val="00B63252"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B92EEC"/>
     <w:rsid w:val="00B94DF0"/>
     <w:rsid w:val="00BA269F"/>
     <w:rsid w:val="00BA6966"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C026A3"/>
     <w:rsid w:val="00C15780"/>
     <w:rsid w:val="00C27AF8"/>
     <w:rsid w:val="00C37389"/>
     <w:rsid w:val="00C400AB"/>
     <w:rsid w:val="00C43AE6"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
+    <w:rsid w:val="00C64774"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C7252A"/>
+    <w:rsid w:val="00C7515A"/>
     <w:rsid w:val="00CA6BF0"/>
     <w:rsid w:val="00CB623B"/>
     <w:rsid w:val="00D016B3"/>
+    <w:rsid w:val="00D2650C"/>
     <w:rsid w:val="00D35059"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D70AEB"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D74278"/>
     <w:rsid w:val="00D865E4"/>
     <w:rsid w:val="00D911BB"/>
     <w:rsid w:val="00D93097"/>
     <w:rsid w:val="00D9652B"/>
+    <w:rsid w:val="00DA2231"/>
     <w:rsid w:val="00DA5A64"/>
     <w:rsid w:val="00DA6A41"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD2DFF"/>
     <w:rsid w:val="00DD68E6"/>
     <w:rsid w:val="00DD7048"/>
     <w:rsid w:val="00DF4E32"/>
     <w:rsid w:val="00E475C3"/>
+    <w:rsid w:val="00E47E53"/>
     <w:rsid w:val="00E54087"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E826AB"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EA7A7A"/>
     <w:rsid w:val="00EC09D0"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EC221B"/>
     <w:rsid w:val="00EE4121"/>
+    <w:rsid w:val="00F2117F"/>
     <w:rsid w:val="00F368AD"/>
     <w:rsid w:val="00F5499D"/>
     <w:rsid w:val="00F54BF4"/>
     <w:rsid w:val="00F66558"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F77203"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F9368B"/>
     <w:rsid w:val="00F97E9B"/>
     <w:rsid w:val="00FA1616"/>
     <w:rsid w:val="00FB236F"/>
     <w:rsid w:val="00FB6D4B"/>
     <w:rsid w:val="00FC68A9"/>
     <w:rsid w:val="00FD7BCA"/>
     <w:rsid w:val="00FF39FD"/>
     <w:rsid w:val="0E5FD2AB"/>
     <w:rsid w:val="1099933C"/>
     <w:rsid w:val="1391F0CF"/>
     <w:rsid w:val="252D4B48"/>
     <w:rsid w:val="27968271"/>
     <w:rsid w:val="36DCC2B1"/>
     <w:rsid w:val="385C6DE0"/>
     <w:rsid w:val="39874665"/>
@@ -8922,83 +8936,91 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC1245"/>
     <w:rsid w:val="00071E4B"/>
+    <w:rsid w:val="00095C8D"/>
+    <w:rsid w:val="00126891"/>
     <w:rsid w:val="001B3E0F"/>
     <w:rsid w:val="00260CAC"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00277A0B"/>
     <w:rsid w:val="0028123C"/>
+    <w:rsid w:val="002D4203"/>
     <w:rsid w:val="00324074"/>
     <w:rsid w:val="003D192F"/>
     <w:rsid w:val="004D3C2A"/>
     <w:rsid w:val="005E1AB5"/>
     <w:rsid w:val="006B011B"/>
     <w:rsid w:val="006E6A7F"/>
+    <w:rsid w:val="0070105D"/>
     <w:rsid w:val="00770874"/>
     <w:rsid w:val="00825C6A"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00915492"/>
     <w:rsid w:val="00950997"/>
     <w:rsid w:val="00A074F9"/>
     <w:rsid w:val="00AD4EBF"/>
+    <w:rsid w:val="00AE7E19"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B155BA"/>
     <w:rsid w:val="00B738DD"/>
     <w:rsid w:val="00BA269F"/>
     <w:rsid w:val="00C44DA0"/>
+    <w:rsid w:val="00C7515A"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA4305"/>
     <w:rsid w:val="00DD2DFF"/>
     <w:rsid w:val="00E234D9"/>
     <w:rsid w:val="00EB26FB"/>
     <w:rsid w:val="00EC1245"/>
+    <w:rsid w:val="00F2117F"/>
     <w:rsid w:val="00F66558"/>
+    <w:rsid w:val="00F92B78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EFBEB81"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -9735,114 +9757,110 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <h88283a84cb2461a92ac24491eb192a6 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Statement of Qualification</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">440e310e-1bd4-4867-9aba-9a08d77f3b6d</TermId>
         </TermInfo>
       </Terms>
     </h88283a84cb2461a92ac24491eb192a6>
     <TaxCatchAll xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7">
       <Value>8</Value>
       <Value>3</Value>
     </TaxCatchAll>
     <bcb0abd1f2e14e1dbf0bebeb2f53ea5f xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Labwide</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">69583dac-1cd6-4019-b7b5-5817674c14a2</TermId>
         </TermInfo>
       </Terms>
     </bcb0abd1f2e14e1dbf0bebeb2f53ea5f>
     <TaxCatchAllLabel xmlns="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" xsi:nil="true"/>
     <Vendor1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Comments xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <wd2t xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <LotNumber xmlns="e3987451-ba2f-4578-8609-92643764afd6" xsi:nil="true"/>
     <Staff_x0020_Member xmlns="69dada7d-659e-47da-bbde-818d14d6c42b">7</Staff_x0020_Member>
     <Action_x0020_Needed_x0020_by_x003a_ xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Action_x0020_Needed_x0020_by_x003a_>
     <Equipment_x0020_ID1 xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Technical_x0020_Reviewer xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <Corrective_x0020_Action_x0020_Level xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3987451-ba2f-4578-8609-92643764afd6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Summary xmlns="69dada7d-659e-47da-bbde-818d14d6c42b" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="81913bd51bb3208d82a81acbe8e1e954" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000154D6E8DDD30E4090A8977F629A2D8B" ma:contentTypeVersion="68" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9d69a5f26ffe1b75b572d4e4175947e9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69dada7d-659e-47da-bbde-818d14d6c42b" xmlns:ns3="e3987451-ba2f-4578-8609-92643764afd6" xmlns:ns4="9aa04e4a-fc13-43a5-a8b6-8416d11377e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0d5466e0a405029e749cb9d13d9ea87" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <xsd:import namespace="e3987451-ba2f-4578-8609-92643764afd6"/>
     <xsd:import namespace="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Staff_x0020_Member" minOccurs="0"/>
                 <xsd:element ref="ns2:Technical_x0020_Reviewer" minOccurs="0"/>
                 <xsd:element ref="ns2:Equipment_x0020_ID1" minOccurs="0"/>
                 <xsd:element ref="ns2:Vendor1" minOccurs="0"/>
                 <xsd:element ref="ns3:LotNumber" minOccurs="0"/>
                 <xsd:element ref="ns3:wd2t" minOccurs="0"/>
                 <xsd:element ref="ns3:Action_x0020_Needed_x0020_by_x003a_" minOccurs="0"/>
                 <xsd:element ref="ns2:Corrective_x0020_Action_x0020_Level" minOccurs="0"/>
                 <xsd:element ref="ns3:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:h88283a84cb2461a92ac24491eb192a6" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -10161,104 +10179,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B892DE71-BF06-4E08-85F0-1F9ADAB5674A}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1219</Words>
-  <Characters>6954</Characters>
+  <Words>1251</Words>
+  <Characters>7132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
+  <Lines>59</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8157</CharactersWithSpaces>
+  <CharactersWithSpaces>8367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>