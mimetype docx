--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -58,51 +58,51 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002343CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D1F5B4" w14:textId="5D28240F" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
+    <w:p w14:paraId="61D1F5B4" w14:textId="7EAA239E" w:rsidR="007F2E28" w:rsidRDefault="002343CE" w:rsidP="00052B9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1361"/>
           <w:tab w:val="left" w:pos="4120"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C56282">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
@@ -146,84 +146,66 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00052B9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date of Last Update: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1187800702"/>
           <w:placeholder>
             <w:docPart w:val="EF2D253340AC43C29AAD51C4D2AF1644"/>
           </w:placeholder>
-          <w:date w:fullDate="2026-01-26T00:00:00Z">
+          <w:date w:fullDate="2026-02-12T00:00:00Z">
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00C7252A">
+          <w:r w:rsidR="00F95DE2">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>1/</w:t>
-[...17 lines deleted...]
-            <w:t>6</w:t>
+            <w:t>2/12</w:t>
           </w:r>
           <w:r w:rsidR="00420F0D">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>/</w:t>
           </w:r>
           <w:r w:rsidR="00C7252A">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
           <w:r w:rsidR="00420F0D">
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
@@ -4873,66 +4855,74 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="402997E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>February 2022</w:t>
             </w:r>
             <w:r w:rsidR="1391F0CF" w:rsidRPr="402997E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-current</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61D1F61F" w14:textId="7E7C0E8F" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00E47E53" w:rsidP="00C400AB">
+          <w:p w14:paraId="61D1F61F" w14:textId="7AE36943" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00E47E53" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B478EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1631156924"/>
         <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="0CA60CAD2B804C25BD3290C00DA2F76B"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w14:paraId="61D1F629" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
@@ -6907,51 +6897,51 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F2E28" w:rsidRPr="007F2E28" w14:paraId="61D1F691" w14:textId="77777777" w:rsidTr="7EB1C79E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14439DFF" w14:textId="113ABC6E" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
+          <w:p w14:paraId="14439DFF" w14:textId="6875DBEF" w:rsidR="00C400AB" w:rsidRPr="007F2E28" w:rsidRDefault="00C400AB" w:rsidP="00C400AB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7EB1C79E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Law Enforcement Training Provided:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="7EB1C79E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7025,111 +7015,119 @@
               <w:t>, 10/08/2024-10/10/2024</w:t>
             </w:r>
             <w:r w:rsidR="001A664E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="000A71BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2/11/2025-2/13/2025, </w:t>
             </w:r>
             <w:r w:rsidR="00DA2231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10/7/2025-10/9/2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00F95DE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, 2/10/2026-2/12/2026</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D1F690" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="00F7381B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61D1F692" w14:textId="77777777" w:rsidR="007F2E28" w:rsidRPr="007F2E28" w:rsidRDefault="007F2E28" w:rsidP="007F2E28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61D1F693" w14:textId="77777777" w:rsidR="00AA1961" w:rsidRDefault="00AA1961"/>
     <w:sectPr w:rsidR="00AA1961">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3846ED2A" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
+    <w:p w14:paraId="599B1C28" w14:textId="77777777" w:rsidR="00CD389E" w:rsidRDefault="00CD389E" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28237725" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
+    <w:p w14:paraId="00A6549C" w14:textId="77777777" w:rsidR="00CD389E" w:rsidRDefault="00CD389E" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2381097B" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C">
+    <w:p w14:paraId="4B156EBF" w14:textId="77777777" w:rsidR="00CD389E" w:rsidRDefault="00CD389E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -7613,71 +7611,71 @@
       </w:rPr>
       <w:tab/>
       <w:t>Approved By: Top Management</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="509B1EA3" w14:textId="77777777" w:rsidR="008A64CE" w:rsidRPr="008A64CE" w:rsidRDefault="008A64CE" w:rsidP="00447F1B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44378840" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
+    <w:p w14:paraId="52BD2C7F" w14:textId="77777777" w:rsidR="00CD389E" w:rsidRDefault="00CD389E" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F5529A3" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C" w:rsidP="00D73674">
+    <w:p w14:paraId="24813962" w14:textId="77777777" w:rsidR="00CD389E" w:rsidRDefault="00CD389E" w:rsidP="00D73674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4173B92E" w14:textId="77777777" w:rsidR="00D2650C" w:rsidRDefault="00D2650C">
+    <w:p w14:paraId="1F5BC51E" w14:textId="77777777" w:rsidR="00CD389E" w:rsidRDefault="00CD389E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79F3CB8E" w14:textId="68799E7C" w:rsidR="004B73DA" w:rsidRPr="0054002B" w:rsidRDefault="006156A0" w:rsidP="00216EA3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Verdana" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0054002B">
@@ -8017,117 +8015,122 @@
     <w:rsid w:val="00943E45"/>
     <w:rsid w:val="00950997"/>
     <w:rsid w:val="0095566C"/>
     <w:rsid w:val="00966634"/>
     <w:rsid w:val="00980F09"/>
     <w:rsid w:val="009957B1"/>
     <w:rsid w:val="009A1D6D"/>
     <w:rsid w:val="009C1178"/>
     <w:rsid w:val="009F28A4"/>
     <w:rsid w:val="00A00619"/>
     <w:rsid w:val="00A45B52"/>
     <w:rsid w:val="00A62351"/>
     <w:rsid w:val="00A75C24"/>
     <w:rsid w:val="00A809F0"/>
     <w:rsid w:val="00A91B87"/>
     <w:rsid w:val="00A9300F"/>
     <w:rsid w:val="00AA0DE1"/>
     <w:rsid w:val="00AA1961"/>
     <w:rsid w:val="00AB7938"/>
     <w:rsid w:val="00AC25CC"/>
     <w:rsid w:val="00AD3D12"/>
     <w:rsid w:val="00AD4EBF"/>
     <w:rsid w:val="00B136BB"/>
     <w:rsid w:val="00B17ABA"/>
     <w:rsid w:val="00B23912"/>
+    <w:rsid w:val="00B478EF"/>
     <w:rsid w:val="00B52B4C"/>
     <w:rsid w:val="00B52C87"/>
     <w:rsid w:val="00B63252"/>
     <w:rsid w:val="00B714B5"/>
     <w:rsid w:val="00B92EEC"/>
     <w:rsid w:val="00B94DF0"/>
     <w:rsid w:val="00BA269F"/>
     <w:rsid w:val="00BA6966"/>
     <w:rsid w:val="00BF515F"/>
     <w:rsid w:val="00BF520C"/>
     <w:rsid w:val="00C00034"/>
     <w:rsid w:val="00C026A3"/>
     <w:rsid w:val="00C15780"/>
     <w:rsid w:val="00C27AF8"/>
     <w:rsid w:val="00C37389"/>
     <w:rsid w:val="00C400AB"/>
     <w:rsid w:val="00C43AE6"/>
     <w:rsid w:val="00C46F68"/>
     <w:rsid w:val="00C56282"/>
     <w:rsid w:val="00C64774"/>
     <w:rsid w:val="00C71D1F"/>
     <w:rsid w:val="00C7252A"/>
     <w:rsid w:val="00C7515A"/>
     <w:rsid w:val="00CA6BF0"/>
     <w:rsid w:val="00CB623B"/>
+    <w:rsid w:val="00CD389E"/>
     <w:rsid w:val="00D016B3"/>
     <w:rsid w:val="00D2650C"/>
     <w:rsid w:val="00D35059"/>
+    <w:rsid w:val="00D55EF1"/>
     <w:rsid w:val="00D6516F"/>
     <w:rsid w:val="00D70AEB"/>
     <w:rsid w:val="00D73674"/>
     <w:rsid w:val="00D74278"/>
     <w:rsid w:val="00D865E4"/>
     <w:rsid w:val="00D911BB"/>
     <w:rsid w:val="00D93097"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA2231"/>
     <w:rsid w:val="00DA5A64"/>
     <w:rsid w:val="00DA6A41"/>
     <w:rsid w:val="00DA6ADB"/>
     <w:rsid w:val="00DD2DFF"/>
     <w:rsid w:val="00DD68E6"/>
     <w:rsid w:val="00DD7048"/>
     <w:rsid w:val="00DF4E32"/>
     <w:rsid w:val="00E475C3"/>
     <w:rsid w:val="00E47E53"/>
     <w:rsid w:val="00E54087"/>
     <w:rsid w:val="00E55ADA"/>
     <w:rsid w:val="00E70273"/>
     <w:rsid w:val="00E826AB"/>
     <w:rsid w:val="00E8658A"/>
     <w:rsid w:val="00EA7A7A"/>
     <w:rsid w:val="00EC09D0"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00EC221B"/>
     <w:rsid w:val="00EE4121"/>
     <w:rsid w:val="00F2117F"/>
     <w:rsid w:val="00F368AD"/>
     <w:rsid w:val="00F5499D"/>
     <w:rsid w:val="00F54BF4"/>
+    <w:rsid w:val="00F57702"/>
     <w:rsid w:val="00F66558"/>
     <w:rsid w:val="00F72C23"/>
     <w:rsid w:val="00F7381B"/>
     <w:rsid w:val="00F77203"/>
     <w:rsid w:val="00F80E3E"/>
     <w:rsid w:val="00F8591A"/>
     <w:rsid w:val="00F9368B"/>
+    <w:rsid w:val="00F95DE2"/>
     <w:rsid w:val="00F97E9B"/>
     <w:rsid w:val="00FA1616"/>
     <w:rsid w:val="00FB236F"/>
     <w:rsid w:val="00FB6D4B"/>
     <w:rsid w:val="00FC68A9"/>
     <w:rsid w:val="00FD7BCA"/>
     <w:rsid w:val="00FF39FD"/>
     <w:rsid w:val="0E5FD2AB"/>
     <w:rsid w:val="1099933C"/>
     <w:rsid w:val="1391F0CF"/>
     <w:rsid w:val="252D4B48"/>
     <w:rsid w:val="27968271"/>
     <w:rsid w:val="36DCC2B1"/>
     <w:rsid w:val="385C6DE0"/>
     <w:rsid w:val="39874665"/>
     <w:rsid w:val="402997E5"/>
     <w:rsid w:val="4A6E77BD"/>
     <w:rsid w:val="5018DC5C"/>
     <w:rsid w:val="58293031"/>
     <w:rsid w:val="5BC768A0"/>
     <w:rsid w:val="68CBD21E"/>
     <w:rsid w:val="6DDFF266"/>
     <w:rsid w:val="76E8E010"/>
     <w:rsid w:val="7EB1C79E"/>
     <w:rsid w:val="7FAC9EEA"/>
@@ -8964,61 +8967,64 @@
     <w:rsid w:val="00260CAC"/>
     <w:rsid w:val="0027524C"/>
     <w:rsid w:val="00277A0B"/>
     <w:rsid w:val="0028123C"/>
     <w:rsid w:val="002D4203"/>
     <w:rsid w:val="00324074"/>
     <w:rsid w:val="003D192F"/>
     <w:rsid w:val="004D3C2A"/>
     <w:rsid w:val="005E1AB5"/>
     <w:rsid w:val="006B011B"/>
     <w:rsid w:val="006E6A7F"/>
     <w:rsid w:val="0070105D"/>
     <w:rsid w:val="00770874"/>
     <w:rsid w:val="00825C6A"/>
     <w:rsid w:val="008E167B"/>
     <w:rsid w:val="008E54C2"/>
     <w:rsid w:val="00915492"/>
     <w:rsid w:val="00950997"/>
     <w:rsid w:val="00A074F9"/>
     <w:rsid w:val="00AD4EBF"/>
     <w:rsid w:val="00AE7E19"/>
     <w:rsid w:val="00B04465"/>
     <w:rsid w:val="00B155BA"/>
     <w:rsid w:val="00B738DD"/>
     <w:rsid w:val="00BA269F"/>
+    <w:rsid w:val="00C076BE"/>
     <w:rsid w:val="00C44DA0"/>
     <w:rsid w:val="00C7515A"/>
     <w:rsid w:val="00D50908"/>
+    <w:rsid w:val="00D55EF1"/>
     <w:rsid w:val="00D94BBB"/>
     <w:rsid w:val="00D9652B"/>
     <w:rsid w:val="00DA4305"/>
     <w:rsid w:val="00DD2DFF"/>
     <w:rsid w:val="00E234D9"/>
     <w:rsid w:val="00EB26FB"/>
     <w:rsid w:val="00EC1245"/>
     <w:rsid w:val="00F2117F"/>
+    <w:rsid w:val="00F57702"/>
     <w:rsid w:val="00F66558"/>
     <w:rsid w:val="00F92B78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1EFBEB81"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -10205,76 +10211,93 @@
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2181AA-184C-4C62-A953-C3723E0C5266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21EE54EF-57B2-489A-8EB7-16316AC1680B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
     <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
     <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B892DE71-BF06-4E08-85F0-1F9ADAB5674A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B892DE71-BF06-4E08-85F0-1F9ADAB5674A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="69dada7d-659e-47da-bbde-818d14d6c42b"/>
+    <ds:schemaRef ds:uri="e3987451-ba2f-4578-8609-92643764afd6"/>
+    <ds:schemaRef ds:uri="9aa04e4a-fc13-43a5-a8b6-8416d11377e7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BDC807-9474-49C8-8561-D8E61CD55560}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1251</Words>
-  <Characters>7132</Characters>
+  <Words>1090</Words>
+  <Characters>7314</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>304</Lines>
+  <Paragraphs>233</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SOA Deptartment of Public Safety</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8367</CharactersWithSpaces>
+  <CharactersWithSpaces>8171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ashley Lankford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000154D6E8DDD30E4090A8977F629A2D8B</vt:lpwstr>